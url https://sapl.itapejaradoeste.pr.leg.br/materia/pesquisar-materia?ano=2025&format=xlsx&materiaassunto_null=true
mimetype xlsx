--- v0 (2025-10-06)
+++ v1 (2026-03-26)
@@ -10,2279 +10,2766 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1536" uniqueCount="744">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1896" uniqueCount="906">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_001.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_001.2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para todos os Servidores do Magistério Público Municipal de Itapejara D' Oeste, Pr.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projelto_de_lei_n_002.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projelto_de_lei_n_002.2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta atribuições dos cargos efetivo no quadro pessoal da administração pública municipal, anexo a Lei Municipal n°1.638/2016 - Plano de Cargos, Carreiras e Remunerção - PCCR dos Servidores Públicos Municipais de Itapejara D'Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n_003.2025_-_alterado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n_003.2025_-_alterado.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO ESPORTIVA DE FUTSAL - ITAP FUTSAL e dá outras providências.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n_004.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n_004.2025.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo II da Lei Municipal N° 2156/2024, ampliando as vagas para cargo efetivo de Professor no quadro de pessoal da administração pública municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n_006.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n_006.2025.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no Artigo 211 e parágrafos da Lei n° 467/93 de 21.01.93 e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n_007.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n_007.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso de Bem Público "Veículo" e dá outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_n_008.2025_-_ok.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_n_008.2025_-_ok.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Abate para aves no território do Município de Itapejara D' Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_n_009.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_n_009.2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 82 da Lei n° 467/1993, que dispõe sobre o Regimento Jurídico dos Servidores Públicos do Município de Itapejara D' Oeste, Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_n_010.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_n_010.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a anexar áreas de terras rurais ao perímetro urbando da sede do Município e da outras providências.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_n_011.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_n_011.2025.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA, e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_n_012.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_n_012.2025.pdf</t>
   </si>
   <si>
     <t>Receber doação de Imóvel Urbano Lote n° 06 da Quadra n° 102 de propriedade da empresa "Loteamento Gnoatto LTDA" e dá outras providências.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_014.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_014.2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para os servidores, ativos, inativos, pensionistas e comissionados da municipalidade do Município de Itapejara D' Oeste.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_n_015.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_n_015.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Celebrar Acordo de Cooperação Técnica com a União Federal através do Ministério da Agricultura e Pecuária, e dá outras providências.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016.2025.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA, cria fonte de recursos e dá outras providências.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n_017.2025_-_ok.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n_017.2025_-_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso de Veículo Caminhão Chassi, por empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_018.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_018.2025.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação Regulamentado pela Lei n° 1588/2015, de 24 de Junho de 2015.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n_019.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n_019.2025.pdf</t>
   </si>
   <si>
     <t>Altera a carga horária do cargo de Engenheiro Civil, no quadro de cargos e provimento efetivo dos servidores do Poder Executivo do Município de Itapejara D'Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_n_020.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_n_020.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a denominação de vias e logradouros públicos, e da outras providências.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n_021.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n_021.2025.pdf</t>
   </si>
   <si>
     <t>Alterado o Art. 1° da Lei n° 728/2003 de 02.12.2003, que regulamenta no Município de Itapejara D'Oeste a Contribuição para Custeio da Iluminação Pública prevista no artigo 149-A da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n_022.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n_022.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a outorgar a Concessão Onerosa Temporária de Uso de Bem Público - Barracões Industriais e dá Outras Providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_lei_n_023.2025_-_ok.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_lei_n_023.2025_-_ok.pdf</t>
   </si>
   <si>
     <t>Define critérios, mediante Avaliação de Mérito е Desempenho, para indicação de Diretores dos Centros Municipais de Educação Infantil e Escolas Municipais de Educação Infantil e Ensino Fundamental de Itapejara D'Oeste.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_n_024.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_n_024.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de bem público de uso comum do povo, consistente no prédio da antiga Rodoviária Municipal, e autoriza sua alienação.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n_025.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n_025.2025.pdf</t>
   </si>
   <si>
     <t>Dá publicidade aos termos da Regularização Fundiária que com base no Provimento Conjunto n. 02/2020-GP/CGJ do Tribunal de Justiça do Estado do Paraná, legitima, instrumentaliza e autoriza o procedimento de titulação dos lotes inseridos em áreas irregulares do município de Itapejara D'Oeste/PR nos termos do "Programa Moradia Legal".</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_n_026.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_n_026.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal filiar-se e contribuir, com a Agência de Desenvolvimento Regional do Sudoeste do Paraná, órgão representativo da Instância de Governança Regional (IGR) da Região Turística Vales do Iguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_n_027.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_n_027.2025.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenção firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal n°. 11.107/2005 e sua regulamentação, voltado ao desenolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/pl_028_ppa_na_integra.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/pl_028_ppa_na_integra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o PLANO PLURIANUAL do Município de Itapejara D'Oeste, Estado do Paraná, para os períodos de 2026 a 2029.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/projeto_de_lei_n._029.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/projeto_de_lei_n._029.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de imóveis do Município de Itapejara D'Oeste/PR e dá outras providências.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_030.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_030.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DO ESPORTE E LAZER NO MUNICÍPIO DE ITAPEJARA D'OESTE, CRIA O FUNDO MUNICIPAL DE ESPORTES E LAZER, ESTABELECENDO DIRETRIZES PARA A POLÍTICA MUNICIPAL DE ESPORTES E LAZER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_lei_031.2025_-_ok.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_lei_031.2025_-_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional do Poder Executivo do Município de Itapejara D'Oeste, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._032.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._032.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso Gratuito de Equipamento Agrícola Por Empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_lei_n._033.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_lei_n._033.2025.pdf</t>
   </si>
   <si>
     <t>Altera a nomenclatura de Departamentos da Administração Municipal, de acordo com as Leis: 1151/2010 de 24.03.2010, 1346/2013 de 01.03.2013, 1406/2013 de 10.09.2013, 2002/2021 de 21.09.2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/projeto_de_lei_n._034.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/projeto_de_lei_n._034.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação e a alienação, mediante doação, ao Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_n._35.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_n._35.2025.pdf</t>
   </si>
   <si>
     <t>Denomina nome de Rua no Bairro Bem Viver Município de Itapejara D'Oeste Pr.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/pldo_036.2025_na_integra.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/pldo_036.2025_na_integra.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do Município de Itapejara D’Oeste, Estado do Paraná para o Exercício Financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_n._037.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_n._037.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Adquirir Imóvel Urbano do Município para implantação de uma UBS - Unidade Básica de Saúde e da outras providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/projeto_de_lei_n._038.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/projeto_de_lei_n._038.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Adquirir Imóvel Suburbano para anexar à área do novo Colégio Municipal Nereu Ramos e da outras providências.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/projeto_de_lei_n._039.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/projeto_de_lei_n._039.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Adquirir Imóvel Suburbano para melhorar acesso a Rua Segundo Lasta e da outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_n_040.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_n_040.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Itapejara D'Oeste - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_n_041.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_n_041.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso 1 do Art. 3º, da Lei Municipal n° 2153/2024, que Institui o Conselho Municipal de Esporte e Lazer – CMEL.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/projeto_de_lei_n_042.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/projeto_de_lei_n_042.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do Art. 3°, da Lei Municipal nº 2155/2024, que Institui o Conselho  Municipal de Cultura - СMС.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_n__043.2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_n__043.2025.pdf</t>
   </si>
   <si>
     <t>Restitui aos doadores, parte de imóvel recebido em doação e da outras providências.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n._044_2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n._044_2025.pdf</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_n_049.2025.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza a data base para o reajuste de vencimentos de todos os Servidores Públicos, ativos, inativos, pensionistas e comissionados da Municipalidade.</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_n_50.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do Art. 49 da Lei 1205/2010 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_n_51.2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a 3ª alteração contratual do Contrato de Consórcio do CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS - SANTA CATARINA, PARANÁ E RIO GRANDE DO SUL – De Segurança Alimentar, Atenção A Sanidade Agropecuária E Desenvolvimento Local - CONSAD e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_n._052.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Proteção e Bem-estar Animal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1191/projeto_de_lei_n_053.2025.pdf</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_n_054.2025.pdf</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/ploa_55_na_integra.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município de Itapejara D’Oeste, Estado do Paraná, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/projeto_de_lei_n._056.2025.pdf</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_n._57.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Art. 4º da Lei Municipal n° 1175/2010, do Conselho Municipal dos Direitos do Idoso de Itapejara D'Oeste - CMDI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n._058.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo “A" da Lei Municipal nº 2025/2021, que dispõe sobre as atribuições dos Cargos de Orientador Social e Veterinário, que fazem parte da estrutura de Cargos Públicos do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_059.2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVО MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A., E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_60.2025.pdf</t>
+  </si>
+  <si>
+    <t>Receber doação de Imóvel Urbano Lote nº 03 da Quadra nº 36 de propriedade do Governo do Estado do Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_061.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aquisição de imóveis mediante oferta de créditos em precatórios, regula a celebração de acordos diretos e dá outras providências.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_de_lei_do_poder_legislativo_n._01_-_2025_plano_de_carreira.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_de_lei_do_poder_legislativo_n._01_-_2025_plano_de_carreira.pdf</t>
   </si>
   <si>
     <t>“Revoga, altera e cria dispositivos na Lei Municipal n° 2.109/2023, que institui o Plano de Cargos, Vencimentos, Carreira e Avaliação de Desempenho dos Servidores da Câmara Municipal de Vereadores do Município de Itapejara D´Oeste, Estado do Paraná e dá outras providências”.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/projeto_de_lei_n._02-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/projeto_de_lei_n._02-2025.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária de vencimentos para os Servidores Efetivos e Comissionados do Poder Legislativo Municipal de Itapejara D´Oeste, Estado do Paraná.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>Mineiro, Jovenil Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_n._03_-_2025_camara_itinerante.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_n._03_-_2025_camara_itinerante.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Câmara Itinerante” no Município de Itapejara D’ Oeste para promoção de sessões públicas de integração comunitária.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_n._04_2025_utilidade_publica_master.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_n._04_2025_utilidade_publica_master.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTIVA MASTERS DE ITAPEJARA D`OESTE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jovenil Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_n._05_-_2025_cidadao_benemerito.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_n._05_-_2025_cidadao_benemerito.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Benemérito do Município de Itapejara D'Oeste ao Senhor Luiz Fernando Guerro Pagnussat e dá outras providências."</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n._06_-_2025_alimentos.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n._06_-_2025_alimentos.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de arrecadação voluntária de alimentos não perecíveis em eventos realizados pela inciativa privada em espaços públicos do município.”</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/986/01_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/986/01_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Que seja feita roçada na beira das rodovias e asfaltos, especialmente no interior.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/987/02_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/987/02_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Que seja feita a correção do bônus do funcionalismo público, o qual está defasado por muitos anos sem correção.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/989/03-2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/989/03-2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Que a Administração Pública estude e providencie asfalto para todas as agroindústrias da zona rural do nosso Município.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/990/04_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/990/04_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado Projeto de Lei de autoria do Poder Executivo, no afã de modificar a Lei Municipal Vigente n° 2.145/2023, especialmente quanto à exclusão do parágrafo único do artigo 1°.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/991/05_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/991/05_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Que seja realizada, assim que possível, a pintura em uma lombada na Rua Josafat Kmita, próximo ao Cemitério Municipal e Subestação da Copel.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/992/06_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/992/06_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Para que a Administração, quando possível, viabilize calçamento/asfalto na continuação da Rua Presidente Vargas, sentido ao antigo DER.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/993/07_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/993/07_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Que seja alterada a declaração de comparecimento no hospital, nos postos de emergência e UBSs, incluindo o horário de chegada dos pacientes.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>Ângelo Dalsente</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/994/08_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/994/08_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Realizar Serviço de patrola e rolo na comunidade do Ipiranga, próximo as propriedades do Sr. Rosalino Ariatti, Chácara de Bortoli e na Linha Dums.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/995/09_-_2025_angelo_-_copia.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/995/09_-_2025_angelo_-_copia.pdf</t>
   </si>
   <si>
     <t>Para que a Administração, quando possível, realize o escoamento de água no calçamento recentemente feito na comunidade de Salto Grande, próximo a propriedade do Sr. Rodrigo Waltinski.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/998/10_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/998/10_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Que o Departamento de Urbanismo ou autoridade competente realize a revitalização da ciclovia entre o perímetro urbano do Município à comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/999/11_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/999/11_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo Municipal encaminhe projeto de lei que "Institui o Programa de Incentivo à Sustentabilidade Urbana – IPTU Verde, que estabelece desconto progressivo no IPTU de imóveis que adotarem medidas de Redução de Impacto Ambiental".</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/12_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/12_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo que seja realizado o recapeamento asfáltico sobre o calçamento da Rua Pio XII, até a Granja Arco Íris, propriedade do Sr. Maximino Mattia.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/13_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/13_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>A presente indicação pede que o Poder Executivo viabilize asfalto na continuação da Rua Presidente Vargas, até a propriedade do Sr. Dinarte Bertoncello, que até o momento é uma estrada de chão/cascalho.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/14_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/14_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao departamento competente do Poder Executivo Municipal para realização da pintura de todas as lombadas/quebra-molas do perímetro urbano do Município.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/15_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/15_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação à Administração Municipal para que, quando possível, complete com cascalho a saída do bairro Bem-Viver, sentido PR-493, de modo a nivelar o calçamento, a PR e a calçada.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/16_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/16_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação para desobstrução do bueiro localizado entre as propriedades dos Srs. Dirceu Klima e Lucio Macarini, na comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/17_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/17_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciado 2 (duas) cargas de cascalho na estrada que liga o asfalto à propriedade do Sr. Fernando Macarini, na comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/18_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/18_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>A presente Indicação Parlamentar visa solicitar a realização de roçada nos pontos de ônibus situados no interior do município, bem como naqueles localizados próximos à empresa Vibra.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/19_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/19_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>solicitar a viabilização de uma área de escape no trecho da PR-566 compreendido entre a entrada para a comunidade Lageado Bonito e a saída para a comunidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>Balbinotti</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/20_-_2025_balbinotti.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/20_-_2025_balbinotti.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo que instale lombadas/quebra-molas nas Ruas: Cassias, Quaresmeiras, Antônio Rodrigues de Godoys, Extremosas e Ingás, no Bairro Bem-Viver.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/21_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/21_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo que seja realizado o recapeamento asfáltico sobre o no prolongamento da Rua Pio XII, passando pela Granja Arco-Íris, até a propriedade do Sr. Celeste Gnoatto.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/22_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/22_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Departamento Competente providencie faixas sinalizadoras na porta de vidro da Clínica da Mulher.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/23_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/23_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciado uma lombada/quebra-molas próximo ao Bar do Canhoto e Pracinha, no Bairro Guarani.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/24_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/24_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Departamento de Urbanismo para realização da revitalização e pintura de cor vermelha da faixa de pedestres ao lado da rodovia, compreendida entre o trevo do município até a empresa Vibra.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/25_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/25_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Para que Itapejara D’ Oeste cadastre-se junto à Secretaria Estadual da Agricultura e do Abastecimento, habilite um servidor ou crie uma vaga, para disponibilizar o serviço CAF (Cadastro Nacional da Agricultura Familiar) de preenchimento deste cadastro para o pequeno agricultor familiar do Município.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/26_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/26_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciado um quebra-molas/lombada em frente à propriedade do Sr. Lauri Vitorassi, na Comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/27_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/27_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo e ao Departamento de Urbanismo para estudo e viabilização da instalação de dois a três semáforos no município de Itapejara D' Oeste, com sugestão de instalação nas esquinas do Posto Lira, Posto Pandolfi e No Ponto Matriz.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/28_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/28_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo, para que seja realizado, assim que possível, a reforma no asfalto da Rua Albino Franciosi, compreendido no trecho da quadra entre as Ruas Abilon de Souza Naves e Presidente Vargas.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/29_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/29_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação à Administração Municipal para providenciar a recuperação e o preenchimento com cascalho, além de passar o rolo no trecho próximo à propriedade do Sr. Luiz Ferrari, na Comunidade de Boa Esperança.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/30_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/30_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Propõe-se à Administração Municipal a providência de calçamento no prolongamento da Rua Ema Gnoatto, entre os Barracões das empresas Massas Dybom e Metalúrgica Itapejara, no Bairro Industrial.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/31_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/31_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicita-se estudo e providências para melhoria do acesso da entrada/saída da Comunidade de Serra Preta, na PR-493, verificando a competência municipal e, caso necessário, a solicitação de providências ao DER.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/32_-_2025_fragata_.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/32_-_2025_fragata_.pdf</t>
   </si>
   <si>
     <t>Indicação para limpeza das calçadas na Rua Cacique, no bairro Guarani.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/33_-_2025_fragata_.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/33_-_2025_fragata_.pdf</t>
   </si>
   <si>
     <t>Indicação para limpeza das calçadas na Rua José Mysak, no bairro Guarani.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/34_-_2025_fragata_.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/34_-_2025_fragata_.pdf</t>
   </si>
   <si>
     <t>Indicação para limpeza das calçadas na Rua Guaicurus, no bairro Guarani.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/35_-_2025_fragata_.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/35_-_2025_fragata_.pdf</t>
   </si>
   <si>
     <t>Indicação para limpeza das calçadas e fazer asfalto na Rua Tapajós, no bairro Guarani.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/36_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/36_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para que providencie um quebra-molas/lombada em frente ao pesque-e-pague do Boiada, sentido à antiga balsa.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/37_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/37_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo finalize o calçamento no trecho compreendido na Comunidade de 07 de Setembro, que passe pela propriedade do Sr. Alzir Gnoatto até a Comunidade de São Braz, um trecho aproximado entre 600 a 700 metros.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/38_-_2025_joao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/38_-_2025_joao.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo o estudo de viabilização da instalação de bueiros que possuam cestos com grades de captação de lixo no perímetro urbano do Município, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/39_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/39_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo, que viabilize a recuperação com patrola e rolo da Estrada Rural, que passa próximo à propriedade do Sr. Vanderlei Malinoski, até no asfalto, na Comunidade de 7 de Setembro.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/40_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/40_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo, para que viabilize um quebra-molas/lombada próximo à propriedade do Sr. Cristiano Pereira, na Comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/41_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/41_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo finalize com urgência a Rede de Distribuição de água, que atende parte da Comunidade de Palmeirinha, Porto Velho, Linha Mantuvamni, e Costa do Rio Santana.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/42_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/42_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para estudo de viabilidade de calçamento/asfalto na Comunidade de Barra Grande, no trecho que passa em frente às propriedades dos Srs. Gilmar Moschen, Antônio Guimarães e Amarildo Felipetto, ligando à PR-566.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/43_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/43_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para providenciar a instalação de dois quebra-molas/lombadas na Rua Presidente Kennedy, Loteamento Gnoatto, próximo à pracinha da localidade.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/44_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/44_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar a limpeza da calçada da Rua Ivania Gnoatto, Bairro Industrial, Loteamento Gnoatto.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/45_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/45_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar o alongamento do quebra-molas/lombada na Rua Fernando Ferrari, em frente ao Comercial Venturin.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Mineiro, Ângelo Dalsente</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/46_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/46_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitar ao órgão competente, para que seja instalado um redutor de velocidade na Avenida Manoel Ribas, no Bairro Guarani, entre o No Ponto Supermercado e o portal da saída para o Verê.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/47_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/47_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para encaminhamento à Câmara Municipal da relação dos barracões de propriedade do município ou sob sua administração, com identificação das empresas ocupantes.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/48_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/48_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar melhorias na estrada rural do Rio Gavião, próximo ao Alto Paraíso e à propriedade do Sr. Valdir Kredes.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>49</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/49_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/49_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo, por meio do Departamento Competente, para que seja implantando um quebra-molas, lombada ou redutor de velocidade na Rua Pedro Veiga, no bairro Amoreira.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>50</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/50_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/50_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para finalização do calçamento na Comunidade de Palmeirinha, no trecho que liga a empresa Solo Forte ao calçamento do Porto Velho, passando pelas propriedades dos Srs. Ataide Rodrigues e Marcio Tabolka.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>51</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/51_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/51_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para instalação de quebra-molas/lombada na estrada rural sentido Comunidade de Santa Bárbara, em frente à Sanepar.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>52</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/52_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/52_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para instalação de quebra-molas/lombada na estrada rural na Comunidade de Palmeirinha, sentido Porto Velho, mais precisamente em frente à propriedade do Sr. Sérgio Souza, popular “biscoito”.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>53</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/53_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/53_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para que providencie um quebra-molas/lombada em frente ao pesque-e-pague do Boiada.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>54</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/54_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/54_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo realize serviço de rolo e patrola próximo às propriedades dos Srs. Thomas Gonçalves da Rosa e Jair Pastro, sentido antiga balsa.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>55</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/55_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/55_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo realize serviço de rolo e patrola na Linha Dums, Comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>56</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/56_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/56_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar serviços de maquinário de patrola e rolo na Linha São Pedro, na estrada rural de acesso à Família Mozer.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>57</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/57_-_2025_balbinotti.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/57_-_2025_balbinotti.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para estudo da possibilidade de revisão dos valores das diárias dos servidores do Poder Executivo, conforme estabelecido na Lei Municipal nº 1911/2020.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>58</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/58_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/58_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar o conserto do asfalto na Rua Bandeirante, esquina com a Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>59</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/59_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/59_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de serviço de rolo e patrola na estrada da Comunidade de Serra Preta que liga à Comunidade de Santo Agustinho, passando pela propriedade da Sra. Renata Signor.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>60</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/60_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/60_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de serviço de rolo e patrola na estrada da Comunidade do Ipiranga, passando pelas propriedades dos Srs. Amauri Dalacosta, Davi Martiniclen e Celso Sangali, ligando ao asfalto da Sede Gavião.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>61</t>
-[...2 lines deleted...]
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/61_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/61_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para instalação de redutor de velocidade (quebra-molas/lombada) na Rua Presidente Kennedy, próximo à Rua/Travessa Mathilda Haupt, que dá acesso ao Loteamento Haupt.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/62_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/62_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização do alargamento da estrada rural na Comunidade de Serra Preta, entre a Fazenda Zandoná e a propriedade do Sr. Rafael Dalacosta.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Cristiane Batistus</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/63_-_2025_cris.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/63_-_2025_cris.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para providenciar, quando possível, a recuperação do asfalto na Rua Presidente Kennedy, próximo ao antigo campinho da Anhambi.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/64_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/64_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de melhorias nas calçadas da Rua Nereu Ramos, no Bairro Menino Deus.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/65_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/65_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de serviço de rolo e patrola na estrada rural que passa próximo à propriedade do Sr. Celso Pizoni, na Comunidade de Santo Agostinho.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/66_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/66_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para que, através do departamento competente, realize campanha de conscientização junto aos comerciantes da Avenida Manoel Ribas sobre a importância da rotatividade de vagas de estacionamento em frente aos seus estabelecimentos.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/67_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/67_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar o reparo de bueiro e valeta no calçamento da Comunidade do Gramadinho, próximo à propriedade/aviários do Sr. Evandro Scholz.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/68_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/68_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de manutenção e desobstrução de bueiro próximo à propriedade do Sr. Tiago Abati, na Comunidade de Ipiranga.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/69_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/69_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização, assim que possível, de serviço de cascalhamento próximo à propriedade do Sr. Doni Dalacosta, na Comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/70_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/70_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de serviço de melhoria com cascalho na estrada próxima à propriedade do Sr. Celso Sangalli, na Comunidade do Rio Gavião.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/71_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/71_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/72_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/72_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para providenciar a instalação de quebramolas/lombada na esquina das ruas Értile Guzzo com Joaquim Francisco da Costa, na subida para o Bairro Fênix.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/73_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/73_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de serviço de cascalhamento na estrada de acesso às propriedades dos Srs. Rodrigo, Alessandro e Antônio Silva, na Comunidade de São Roque, Porto Velho.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/74_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/74_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para viabilizar a restauração do asfalto e a manutenção do bueiro na estrada que liga a rodovia à Linha Macarini.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/75_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/75_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realizar melhorias na estrada da Comunidade de Barra do Vitorino, próximo às propriedades dos Srs. Gilmar Vitorassi e Nelcindo Koakoski, com a substituição do calçamento danificado por asfalto.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/76_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/76_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para que a Rua Hibiscos, no Bairro Bem Viver, em frente ao lago, volte a ser via de mão dupla.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/77_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/77_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para instalação de quebra-molas/redutor de velocidade na Rua Nereu Ramos, Bairro Menino Deus, próximo à propriedade da Família Biff.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/78_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/78_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para providenciar a iluminação da Rua Ema Gnoatto, no Bairro Industrial.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/80_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/80_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Sugestão ao Poder Executivo para que o próximo projeto de denominação de vias e logradouros inclua o nome do Senhor Gentil Paeze.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/80_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/80_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/81_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/81_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicitação aos Departamentos de Obra e Viação e Obras e Meio Ambiente para realização de serviço de retroescavadeira nas margens da estrada que liga as comunidades de Palmeirinha e Porto Velho, nos trechos em frente às propriedades das Sras. Isaura Duarte e Elena Tabolka.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/82_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/82_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de cascalhamento e melhorias na estrada da Comunidade de Serra Preta, próximo à propriedade do Sr. Isaías Lepchak.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/83_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/83_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo para realização de cascalhamento e melhorias na estrada da Comunidade do Gramadinho, próximo à propriedade do Sr. Luis Carlos Dubena.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/84_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/84_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviços de recuperação e melhoria na pavimentação da Rua Fernando Ferrari, no trecho compreendido entre a baixada e o acesso à PR-566, em frente à Piscicultura Água Verde, utilizando resíduo de asfalto/pedra brita.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/85_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/85_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de estudo para a viabilização de calçamento em trecho da Linha Ipiranga, próximo às propriedades dos Srs. Valdir Ariatti e Marcio Ariatti.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/86_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/86_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugestão ao Poder Executivo Municipal a realização de serviços de nivelamento entre a estrada e a calçada na Avenida Manoel Ribas, próximo ao portal de saída para Verê e à propriedade do Sr. Valmir Girioli.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/87_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/87_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Poder Executivo Municipal a implantação de quebra-molas ou lombada na Rua Pedro Vega, Bairro Almoreira.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/88_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/88_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo para a realização de serviços de conserto e recuperação do asfalto na baixada da Comunidade do Ipiranga, no sentido à Comunidade de Serra Preta.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/89_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/89_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Sugestão ao Poder Executivo Municipal a realização de serviços de conserto da valeta e dos buracos no asfalto na entrada das Comunidades de Luiz Costa e Gramadinho, próximo à empresa Vidal Revestimentos.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/90_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/90_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal o reparo de valeta na estrada de cascalho da Comunidade de Santo Agostinho, próximo à propriedade do Sr. Neoci Franciscon.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/91_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/91_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a viabilização e instalação de uma placa na fachada da Feira dos Produtores do Município ("Feirinha").</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/92_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/92_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal, por meio do Departamento de Urbanismo, a disponibilização de uma ou mais lixeiras na pracinha do Loteamento Gnoatto.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/93_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/93_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal a realização da limpeza da ciclovia no trecho compreendido entre o portal de saída para o município de Verê e a Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/94_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/94_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal a realização da limpeza das valetas/sarjetas na estrada que desce para a Metalúrgica Klein.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/95_-_2025_cris.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/95_-_2025_cris.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a providência de calçamento ou asfalto no trecho da estrada rural que passa pela Sanepar, próximo à propriedade do Sr. Maurílio Hoffmann, até a encruzilhada que liga as Comunidades de 7 de Setembro e Santa Bárbara.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/96_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/96_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviço de cascalhamento no acesso à propriedade do Sr. Chico Dums, Linha Ipiranga.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/97_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/97_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a providência de iluminação em poste localizado no Bairro Guarani, subindo na rua frente ao CRAS, próximo ao Bar do Neri.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/98_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/98_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a pintura do quebra-molas e a instalação de placa de sinalização na Comunidade de Lajeado Bonito, próximo à propriedade do Sr. Itacir Morgerot.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/99_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/99_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Indicação para que o Poder Executivo Municipal priorize a destinação de recursos para a pavimentação asfáltica do trecho compreendido de aproximadamente 1 km que liga as comunidades de Palmeirinha e Porto Velho, até a empresa Solo Forte.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/100_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/100_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a instalação de quebra-molas/lombada na entrada da Linha Baroni, em frente à propriedade do Sr. Miguel Muchinski.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/101_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/101_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que estude e providencie iluminação na pista de caminhada do Centro de Eventos Victor Piazza/CTG/Largo da Paz.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/102_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/102_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de processo seletivo para atender a demanda de alunos que necessitam cumprir o estágio obrigatório de níveis superior e técnico.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/103_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/103_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para a realização de serviços com patrola e rolo na estrada da pedreira, na Comunidade de Palmeirinha, próximo à antiga ponte.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/104_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/104_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviços de cascalhamento, patrola e rolo na extensão da Rua Pio XII, próximo à reciclagem do Serginho.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/105_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/105_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviço de restauração de bueiro próximo à propriedade do Sr. Rudinei Abati, na Linha Ipiranga.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/106_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/106_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para que estude e viabilize o término do calçamento no trecho da comunidade de Barra Grande que liga à Linha Moschen, com aproximadamente 300 metros de extensão.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/107_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/107_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal, nos termos regimentais, que sejam adotadas as providências necessárias para a instalação de um quebra-molas/lombada na Rua Ingás, nas proximidades da esquina com a Rua Deladeiros, no Bairro Bem-Viver.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/108_-_2025_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/108_-_2025_mineiro.pdf</t>
   </si>
   <si>
     <t>Recomendo ao Poder Executivo Municipal que estude e viabilize a fiscalização e penalização de caminhões que utilizam a Avenida Manoel Ribas em desacordo com o trajeto permitido.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/109_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/109_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para instalação de um ponto de ônibus na Linha Palmeirinha, na entrada da estrada que dá acesso à Linha Muchinski e Linha Deparis.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/110_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/110_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para instalação de um ponto de ônibus ao final da ponte sobre o Rio Vitorino, na PR-493.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/111_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/111_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal que analise e viabilize mecanismos de prevenção e penalização para o controle de animais soltos em vias públicas, principalmente cães que circulam livremente pela cidade.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/112_-_2025_jovenil.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/112_-_2025_jovenil.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal a realização de serviços com cascalho para nivelamento na entrada da PR-566, localidade de 7 de Setembro, em  frente à Granja Franciosi e que dá acesso à propriedade da família Menin e do Sr. Marcelo Soares.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/113_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/113_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para instalação de três faixas elevadas, sendo uma na Avenida Manoel Ribas, em frente ao Mercado No Ponto, bem como mais duas nas duas esquinas do cruzamento da Rua Értile Antoninho Guzzo.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/114_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/114_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal para pulverizar as nascentes, tanto da cidade quanto do interior.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/115_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/115_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Sugiro ao Poder Executivo Municipal a realização da pintura da via na Rua Fernando Ferrari, contemplando faixas de pedestres, estacionamentos prioritários e vagas de estacionamento.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/116_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/116_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Sugiro ao Poder Executivo Municipal a instalação de um redutor de velocidade (quebra-molas/lombada) na Rua Értile Antoninho Guzzo, nas proximidades da construção da nova escola (antigo DER).</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/117_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/117_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na estrada que liga a Comunidade de Barra do Vitorino ao Salto Grande, passando pela propriedade da Sra. Nadir Batistus.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/118_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/118_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na estrada que liga a Comunidade de Rio Gavião à saída da Comunidade de Alto Paraíso.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/119_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/119_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal a realização de serviços de reparação de buracos (tapa-buraco) na Rua Salgado Filho, nas proximidades da Cresol e da Metalúrgica do João.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/120_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/120_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal a realização de serviços de reparação de buracos (tapa-buraco) na Rua Salgado Filho, na esquina com a Rua Presidente Vargas.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/121_-_2025_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/121_-_2025_karla.pdf</t>
   </si>
   <si>
     <t>Reiteração do pedido para implementação do Projeto de Lei referente à permuta de servidores</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/122_-_2025_angelo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/122_-_2025_angelo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que estude e viabilize a ampliação da área de escape/acostamento e/ou a instalação de redutor de velocidade em frente à Estação de Tratamento de Água da Sanepar, na saída para a Comunidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/123_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/123_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal que oriente e execute a poda de galhos e a limpeza do mato nas laterais da Rua Tapajós, Bairro Guarani, visando a segurança e a visibilidade.</t>
   </si>
   <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/124_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal a realização de serviço com rolo compactador no calçamento próximo à propriedade do Sr. Rodrigo Wautinski, na Comunidade de Salto Grande.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/125_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal a realização de cascalhamento e serviço de rolo na estrada que liga a Comunidade de Salto Grande à Comunidade de Serra Preta.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/126_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal serviço para desobstruir o bueiro próximo à propriedade do Sr. Lúcio Macarini, na Comunidade de Ipiranga.</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/127_-_2025_karla.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que estude e viabilize, através do Departamento de Assistência Social, a habilitação do Município junto à Secretaria de Estado da Mulher, Igualdade Racial e Pessoa Idosa (SEMIPI), conforme a Resolução nº 146/2025, para a doação de veículo destinado ao Organismo de Políticas para Mulheres (OPM).</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1180/128_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal, que através do departamento competente, estude e execute a retirada de tubos de concreto localizados na Rua Fernando Ferrari, próximo à saída para a PR-566.</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1181/129_-_2025_karla.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal a instalação de quebra-molas/lombada na Rua Értile Antoninho Guzzo, na subida/descida do Esporte Clube Itapejara.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/130_-_2025_fragata.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a instalação de quebra-molas/lombada na Rua Értile Antoninho Guzzo, em frente à Estação de Tratamento de Água (ETA) da Sanepar.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/131_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na estrada rural com acesso pela PR-493 (próximo à ponte do Rio Vitorino), até a propriedade do Sr. Antônio Irschlinger.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1186/132_-_2025_fragata.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para o Poder Executivo, que através do departamento competente, realize o conserto e a recuperação da boca de lobo na esquina das Ruas Nereu Ramos e José Anchieta, próximo à APMI, no Bairro Menino Deus.</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/133_-_2025_fragata.pdf</t>
+  </si>
+  <si>
+    <t>Indicação ao Poder Executivo Municipal para que estude e viabilize a instalação de placas de identificação em todas as comunidades rurais do Município.</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/134_-_2025_mineiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita melhorias na estrada rural da comunidade do Lageado Bonito.</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/135_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal o fornecimento de 02 a 03 cargas de cascalho para nivelamento e melhoria das condições da estrada próxima ao cemitério da Comunidade de Lajeado Bonito.</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/136_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na estrada que dá acesso à Comunidade de Rio Gavião, próximo à saída para a PR-493 e à propriedade do Sr. Estefano Kovalek.</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/137_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na estrada que dá acesso à Comunidade de Rio Gavião, próximo à Comunidade de Alto Paraíso e à propriedade do Sr. José Hupalo.</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/138_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo próximo à propriedade do Sr. Celso Sangali, lingando até a Comunidade de Rio Gavião.</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/139_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização urgente de serviços de reparação de buracos (tapa-buraco) na pavimentação asfáltica que dá acesso à Comunidade de Boa Esperança.</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/140_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a instalação de quebra-molas/lombada na Comunidade de Boa Esperança, próximo à propriedade do Sr. Adenilson Biazus.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/141_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviço de cascalhamento próximo à propriedade do Sr. Maicon Damasceno, na Comunidade de Rio Gavião.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/142_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal o fornecimento e aplicação de cascalho nas laterais da pavimentação asfáltica da Comunidade de Luiz Costa, próximo à propriedade do Sr. Élio Gnoatto.</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/143_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que estude e viabilize a melhoria da sinalização de trânsito e o aumento do número de vagas de estacionamento para embarque e desembarque em frente e nas proximidades da Escola Junice Forner, no Bairro Menino Deus.</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/144_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na comunidade de Luiz Costa, próximo à propriedade do Sr. Aldoir Gubert.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/145_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a instalação de quebra-molas/lombada na Comunidade de Lajeado Bonito, próximo à propriedade do Sr. Cristiano Antônio Pereira.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/146_-_2025_fragata.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se à Administração que estude e viabilize a implementação de medidas de regulamentação para promover a rotatividade do estacionamento na Avenida Manoel Ribas, na área central.</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/147_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização de serviços de patrola e rolo na Linha Dums, Comunidade do Ipiranga, próximo à propriedade da Sra. Alice Dums.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/148_-_2025_angelo.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a instalação de quebra-molas/lombada na Comunidade de Barra Grande, próximo à propriedade do Sr. Narcizo Chiapetti.</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/149_-_2025_karla.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que estude e providencie a criação e divulgação de um Calendário Oficial Anual do Município, englobando feriados, pontos facultativos e eventos oficiais.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/150_-_2025_karla.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que estude e viabilize a adesão do Município ao Programa Bons Olhos, iniciativa do Governo do Estado do Paraná, por meio da Secretaria de Desenvolvimento Social e Família (SEDEF).</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/151_-_2025_mineiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação ao Poder Executivo Municipal que estude e viabilize a limpeza, notificação e/ou adoção de medidas coercitivas para a manutenção do lote de propriedade da empresa Oi S.A., localizado na Rua Fernando Ferrari, próximo ao Mercado do Produtor Rural.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/152_-_2025_fragata.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização urgente de serviços de reparação de buraco (tapa-buraco) na esquina da Rua Josafat Kmita com a Rua Zumira Bacin, no Bairro Vila Verde.</t>
+  </si>
+  <si>
     <t>1119</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/92_-_2025_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/92_-_2025_fragata.pdf</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_emenda_a_lei_organica_municipal_01-2025_-_ok.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_emenda_a_lei_organica_municipal_01-2025_-_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivo da Lei Orgânica Municipal do Município de Itapejara D' Oeste, PR, que dispõe das normas de encaminhamento dos Projetos de Lei do Plano Plurianual, de Diretrizes Orçamentárias e Orçamento Geral do Município, e da outras providências.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>MAPLA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>Karla, Cristiane Batistus, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_de_aplauso_01-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_de_aplauso_01-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida ao Ciclista Itapejarense, Matheus  Eduardo Franciscon, Campeão Brasileiro de Pista e Multimedalhista”.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/mocao_de_aplauso_02-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/mocao_de_aplauso_02-2025.pdf</t>
   </si>
   <si>
     <t>A ser concedida à organização da 20ª Festa do Leitão Maturado</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_de_aplauso_03-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_de_aplauso_03-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida à Escola Estadual Cívico-Militar Irmão Isidoro Dumont de Itapejara D'Oeste.”</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>Mineiro, Fragata, Jovenil Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_aplauso_04-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_aplauso_04-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida aos alunos do Colégio Estadual Castelo Branco que concluiram o Projeto “Ganhando o Mundo”, Everaldo Kobielski Júnior, Bruno Henrique Vitorassi, João Vitor Lefechak e Ângela Maria Pasko”</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_de_aplauso_05-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_de_aplauso_05-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida ao Colégio Estadual Castelo Branco de Itapejara D'Oeste pelo notável incentivo e apoio ao 'Projeto Ganhando o Mundo' e pelos relevantes serviços prestados à comunidade itapejarense."</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/mocao_de_aplauso_06-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/mocao_de_aplauso_06-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida ao 3º Sgt. QM PM Douglas Fernandes da Cruz e a toda a equipe do 2º Pelotão da Polícia Militar de Itapejara D'Oeste - PR.”</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mocao_de_aplauso_07-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mocao_de_aplauso_07-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida ao Secretário Municipal de Saúde, Sr. Aran Klein Fernandes, e a todos os representantes, profissionais e instituições da rede de saúde de Itapejara D'Oeste.”</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>Mineiro, Cristiane Batistus, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/mocao_de_aplauso_08-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/mocao_de_aplauso_08-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida aos atletas e à Escola Furacão Itapejara D'Oeste, Campeã da Copa Furacão Nacional – Categoria Sub-11.”</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/mocao_de_aplauso_09-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/mocao_de_aplauso_09-2025.pdf</t>
   </si>
   <si>
     <t>“A ser concedida às empresas de Itapejara D'Oeste que exercem suas atividades com maestria e longevidade, há mais de 30 anos.”</t>
   </si>
   <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>Cristiane Batistus, João Venturin, Mineiro</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1182/mocao_de_aplauso_10-2025.pdf</t>
+  </si>
+  <si>
+    <t>“A ser concedida aos atletas e ao professor da equipe de Itapejara D'Oeste, campeã estadual do Bom de Bola Master +50.”</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/mocao_de_aplauso_11-2025.pdf</t>
+  </si>
+  <si>
+    <t>“A ser concedida aos atletas e professores da equipe de Futebol Sub-14 da Escola ECM Isidoro Dumont, Campeã Estadual dos Jogos Escolares do Paraná.”</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_de_aplauso_12-2025.pdf</t>
+  </si>
+  <si>
+    <t>“A ser concedida à Comunidade Religiosa Marista, que, ao longo de 58 anos de presença em nosso município, contribuiu decisivamente para a formação humana, espiritual e educacional de inúmeras gerações.”</t>
+  </si>
+  <si>
     <t>1074</t>
   </si>
   <si>
     <t>MREP</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Jovenil Rodrigues, Fragata, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/mocao_de_repudio_01-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/mocao_de_repudio_01-2025.pdf</t>
   </si>
   <si>
     <t>Contra o Projeto de Lei Complementar que dispõe sobre o aumento do número de Deputados Federais.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>Mineiro, Fragata, João Venturin, Jovenil Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_de_repudio_02-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_de_repudio_02-2025.pdf</t>
   </si>
   <si>
     <t>"A ser concedida em repúdio à Ação Direta de Inconstitucionalidade (ADI) nº 7796, que busca suspender leis estaduais de apoio às escolas de educação especial.”</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/emenda_modificativa_01-2025_-_pl24.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/emenda_modificativa_01-2025_-_pl24.pdf</t>
   </si>
   <si>
     <t>“Altere-se a Súmula do Projeto de Lei nº 24 de 2025 de autoria do Poder Executivo.”</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>ESUPR</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/emenda_supressiva_01-2025_-_pl33.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/emenda_supressiva_01-2025_-_pl33.pdf</t>
   </si>
   <si>
     <t>"Suprime-se a menção à Lei n.º 1.406/2013 na Súmula do Projeto de Lei n.º 33/2025, de autoria do Poder Executivo".</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>PDTL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Julgamento das Contas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_decreto_legislativo__01.2025_contas_aprovadas_com_ressalvas_tce.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_decreto_legislativo__01.2025_contas_aprovadas_com_ressalvas_tce.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Acórdão de Parecer Prévio n.° 398/2024 das contas da Prefeitura Municipal de Itapejara D'Oeste, Estado do Paraná, relativas ao exercício financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_01-2025_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_01-2025_ass.pdf</t>
   </si>
   <si>
     <t>se digne registrar a ATA DA SESSÃO DE INSTALAÇÃO DA 15ª LEGISLATURA DA CÂMARA MUNICIPAL  DE ITAPEJARA D´OESTE- PR, E ELEIÇÃO DA MESA DIRETORA PARA O EXERCÍCIO DE 2025, conforme Registro no Livro de Atas nº 13/2024 na folha 42, desta Câmara Municipal, conforme documentação em anexo.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_02-2025.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do repasse do valor total atual depositado, o qual é depositado mensalmente pela SANEPAR, no quantum de 2%, a ser utilizado no Meio Ambiente. Solicita-se, também, que nos seja informado qual o valor médio dos repasses mensais. Requer-se sejam enviados impressos os comprovantes.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>MOAPO</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/mocao_de_apoio_01-2025_-_criacao_comando_regional.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/mocao_de_apoio_01-2025_-_criacao_comando_regional.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à criação do Comando Regional da Polícia Militar do Sudoeste do Paraná.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/mocao_de_apoio_02-2025_-_guerra_apae.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/mocao_de_apoio_02-2025_-_guerra_apae.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à mobilização do Deputado Luiz Fernando Guerra contra a ADI 7796, em defesa das escolas de educação especial e do direito de escolha das famílias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2589,67 +3076,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projelto_de_lei_n_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n_003.2025_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n_004.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n_006.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n_007.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_n_008.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_n_009.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_n_010.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_n_011.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_n_012.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_014.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_n_015.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n_017.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_018.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n_019.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_n_020.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n_021.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n_022.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_lei_n_023.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_n_024.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n_025.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_n_026.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_n_027.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/pl_028_ppa_na_integra.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/projeto_de_lei_n._029.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_030.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_lei_031.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._032.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_lei_n._033.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/projeto_de_lei_n._034.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_n._35.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/pldo_036.2025_na_integra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_n._037.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/projeto_de_lei_n._038.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/projeto_de_lei_n._039.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_n_040.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_n_041.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/projeto_de_lei_n_042.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_n__043.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n._044_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_de_lei_do_poder_legislativo_n._01_-_2025_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/projeto_de_lei_n._02-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_n._03_-_2025_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_n._04_2025_utilidade_publica_master.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_n._05_-_2025_cidadao_benemerito.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n._06_-_2025_alimentos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/986/01_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/987/02_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/989/03-2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/990/04_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/991/05_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/992/06_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/993/07_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/994/08_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/995/09_-_2025_angelo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/998/10_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/999/11_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/12_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/13_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/14_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/15_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/16_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/17_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/18_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/19_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/20_-_2025_balbinotti.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/21_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/22_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/23_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/24_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/25_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/26_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/27_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/28_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/29_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/30_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/31_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/32_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/33_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/34_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/35_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/36_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/37_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/38_-_2025_joao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/39_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/40_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/41_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/42_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/43_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/44_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/45_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/46_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/47_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/48_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/49_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/50_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/51_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/52_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/53_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/54_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/55_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/56_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/57_-_2025_balbinotti.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/58_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/59_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/60_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/61_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/62_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/63_-_2025_cris.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/64_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/65_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/66_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/67_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/68_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/69_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/70_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/71_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/72_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/73_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/74_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/75_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/76_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/77_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/78_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/80_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/80_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/81_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/82_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/83_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/84_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/85_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/86_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/87_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/88_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/89_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/90_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/91_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/92_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/93_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/94_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/95_-_2025_cris.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/96_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/97_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/98_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/99_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/100_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/101_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/102_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/103_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/104_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/105_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/106_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/107_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/108_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/109_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/110_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/111_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/112_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/113_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/114_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/115_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/116_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/117_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/118_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/119_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/120_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/121_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/122_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/123_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/92_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_emenda_a_lei_organica_municipal_01-2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_de_aplauso_01-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/mocao_de_aplauso_02-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_de_aplauso_03-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_aplauso_04-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_de_aplauso_05-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/mocao_de_aplauso_06-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mocao_de_aplauso_07-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/mocao_de_aplauso_08-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/mocao_de_aplauso_09-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/mocao_de_repudio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_de_repudio_02-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/emenda_modificativa_01-2025_-_pl24.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/emenda_supressiva_01-2025_-_pl33.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_decreto_legislativo__01.2025_contas_aprovadas_com_ressalvas_tce.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_01-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/mocao_de_apoio_01-2025_-_criacao_comando_regional.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/mocao_de_apoio_02-2025_-_guerra_apae.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/982/projelto_de_lei_n_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n_003.2025_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n_004.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/985/projeto_de_lei_n_006.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n_007.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/996/projeto_de_lei_n_008.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/997/projeto_de_lei_n_009.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1000/projeto_de_lei_n_010.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1001/projeto_de_lei_n_011.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1011/projeto_de_lei_n_012.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1034/projeto_de_lei_n_014.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1044/projeto_de_lei_n_015.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1049/projeto_de_lei_n_017.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_lei_018.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_lei_n_019.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_lei_n_020.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_lei_n_021.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_lei_n_022.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1100/projeto_de_lei_n_023.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1102/projeto_de_lei_n_024.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1105/projeto_de_lei_n_025.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1106/projeto_de_lei_n_026.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1108/projeto_de_lei_n_027.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1137/pl_028_ppa_na_integra.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1139/projeto_de_lei_n._029.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_lei_030.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_lei_031.2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1134/projeto_de_lei_n._032.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1136/projeto_de_lei_n._033.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1140/projeto_de_lei_n._034.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_n._35.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1168/pldo_036.2025_na_integra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1159/projeto_de_lei_n._037.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1160/projeto_de_lei_n._038.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1161/projeto_de_lei_n._039.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1158/projeto_de_lei_n_040.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_n_041.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1165/projeto_de_lei_n_042.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1169/projeto_de_lei_n__043.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n._044_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1185/projeto_de_lei_n_049.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1188/projeto_de_lei_n_50.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1189/projeto_de_lei_n_51.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_de_lei_n._052.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1191/projeto_de_lei_n_053.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_n_054.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1195/ploa_55_na_integra.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1197/projeto_de_lei_n._056.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1201/projeto_de_lei_n._57.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n._058.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_059.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_60.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_061.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1002/projeto_de_lei_do_poder_legislativo_n._01_-_2025_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1057/projeto_de_lei_n._02-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_n._03_-_2025_camara_itinerante.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_lei_n._04_2025_utilidade_publica_master.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_n._05_-_2025_cidadao_benemerito.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n._06_-_2025_alimentos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/986/01_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/987/02_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/989/03-2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/990/04_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/991/05_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/992/06_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/993/07_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/994/08_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/995/09_-_2025_angelo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/998/10_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/999/11_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1003/12_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1004/13_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1005/14_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1006/15_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1007/16_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1008/17_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1009/18_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1010/19_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1012/20_-_2025_balbinotti.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1013/21_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1014/22_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1015/23_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1016/24_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1017/25_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1018/26_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1019/27_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1021/28_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1022/29_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1023/30_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1024/31_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1025/32_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1026/33_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1027/34_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1028/35_-_2025_fragata_.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1029/36_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1030/37_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1031/38_-_2025_joao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1032/39_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1033/40_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1035/41_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1038/42_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1039/43_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1040/44_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1041/45_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1042/46_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1043/47_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1045/48_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1046/49_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1047/50_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1048/51_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1050/52_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1051/53_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1052/54_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1053/55_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1055/56_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1056/57_-_2025_balbinotti.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1058/58_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1059/59_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1060/60_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1061/61_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1062/62_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1063/63_-_2025_cris.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1064/64_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1065/65_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1066/66_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1067/67_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1068/68_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1069/69_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1070/70_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1072/71_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1073/72_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1076/73_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1078/74_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1079/75_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1083/76_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1085/77_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1088/78_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1092/80_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1093/80_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1097/81_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1098/82_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1099/83_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1101/84_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1103/85_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1104/86_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1110/87_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1111/88_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1113/89_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1114/90_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1118/91_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1123/92_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1120/93_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1121/94_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1122/95_-_2025_cris.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1124/96_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1125/97_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1126/98_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1127/99_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1128/100_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1129/101_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1132/102_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1133/103_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1138/104_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1141/105_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1143/106_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1144/107_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1147/108_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1148/109_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1149/110_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1150/111_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1152/112_-_2025_jovenil.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1153/113_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1155/114_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1156/115_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1157/116_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1162/117_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1163/118_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1166/119_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1167/120_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1170/121_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1171/122_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1174/123_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1176/124_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1177/125_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1178/126_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1179/127_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1180/128_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1181/129_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1183/130_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1184/131_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1186/132_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1187/133_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1194/134_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1196/135_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1198/136_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1199/137_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1202/138_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1203/139_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1204/140_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1205/141_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1206/142_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1207/143_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1209/144_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1210/145_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1211/146_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1213/147_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1214/148_-_2025_angelo.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1215/149_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1216/150_-_2025_karla.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1217/151_-_2025_mineiro.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1218/152_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1119/92_-_2025_fragata.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1020/projeto_de_emenda_a_lei_organica_municipal_01-2025_-_ok.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_de_aplauso_01-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1075/mocao_de_aplauso_02-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1086/mocao_de_aplauso_03-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1094/mocao_de_aplauso_04-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1095/mocao_de_aplauso_05-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1107/mocao_de_aplauso_06-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1109/mocao_de_aplauso_07-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1117/mocao_de_aplauso_08-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1135/mocao_de_aplauso_09-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1182/mocao_de_aplauso_10-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1193/mocao_de_aplauso_11-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_de_aplauso_12-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1074/mocao_de_repudio_01-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1096/mocao_de_repudio_02-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1112/emenda_modificativa_01-2025_-_pl24.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1146/emenda_supressiva_01-2025_-_pl33.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1091/projeto_decreto_legislativo__01.2025_contas_aprovadas_com_ressalvas_tce.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_01-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1175/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1037/mocao_de_apoio_01-2025_-_criacao_comando_regional.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2025/1082/mocao_de_apoio_02-2025_-_guerra_apae.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H192"/>
+  <dimension ref="A1:H237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3735,3914 +4222,5084 @@
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H43" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="D44" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="F44" t="s">
+      <c r="H44" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>184</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B45" t="s">
-[...14 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>188</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>192</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>196</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H48" t="s">
-        <v>200</v>
+        <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="D49" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>181</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>193</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="H49" t="s">
-        <v>203</v>
+        <v>63</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H50" t="s">
         <v>204</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
-        <v>205</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>206</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="G51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" t="s">
-        <v>212</v>
+        <v>139</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
       <c r="D52" t="s">
-        <v>205</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>206</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="H52" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>25</v>
+        <v>213</v>
       </c>
       <c r="D53" t="s">
-        <v>205</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>206</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H55" t="s">
         <v>223</v>
-      </c>
-[...19 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B56" t="s">
-[...14 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>228</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
         <v>229</v>
       </c>
-      <c r="B57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F57" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H57" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D58" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="E58" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F58" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="D59" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="E59" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F59" t="s">
-        <v>198</v>
+        <v>238</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H59" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D60" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="E60" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F60" t="s">
-        <v>193</v>
+        <v>242</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H60" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>53</v>
+        <v>246</v>
       </c>
       <c r="D61" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="E61" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F61" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H61" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
       <c r="D62" t="s">
-        <v>205</v>
+        <v>229</v>
       </c>
       <c r="E62" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="F62" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="H62" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E63" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F63" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="H63" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="D64" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E64" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F64" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="H64" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="D65" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E65" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F65" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="H65" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D66" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E66" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F66" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="H66" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>73</v>
+        <v>246</v>
       </c>
       <c r="D67" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E67" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F67" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="H67" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="D68" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E68" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F68" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="H68" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E69" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F69" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="H69" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="D70" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E70" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F70" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="H70" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>89</v>
+        <v>41</v>
       </c>
       <c r="D71" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E71" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F71" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="H71" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="D72" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E72" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F72" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="D73" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E73" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F73" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="H73" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="D74" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E74" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F74" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="H74" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>105</v>
+        <v>295</v>
       </c>
       <c r="D75" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E75" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F75" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="H75" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="D76" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E76" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F76" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="D77" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E77" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F77" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="H77" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D78" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E78" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F78" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="H78" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D79" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E79" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F79" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="H79" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>125</v>
+        <v>73</v>
       </c>
       <c r="D80" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E80" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F80" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="H80" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="D81" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E81" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F81" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="D82" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E82" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F82" t="s">
-        <v>207</v>
+        <v>317</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>137</v>
+        <v>85</v>
       </c>
       <c r="D83" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E83" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F83" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="H83" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
       <c r="D84" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E84" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F84" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="H84" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>145</v>
+        <v>93</v>
       </c>
       <c r="D85" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E85" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F85" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="H85" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>149</v>
+        <v>97</v>
       </c>
       <c r="D86" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E86" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F86" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
       <c r="D87" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E87" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F87" t="s">
-        <v>323</v>
+        <v>247</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="H87" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>157</v>
+        <v>105</v>
       </c>
       <c r="D88" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E88" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F88" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="H88" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>161</v>
+        <v>109</v>
       </c>
       <c r="D89" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E89" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F89" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="H89" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>165</v>
+        <v>113</v>
       </c>
       <c r="D90" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E90" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F90" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>169</v>
+        <v>117</v>
       </c>
       <c r="D91" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E91" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F91" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="H91" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>173</v>
+        <v>121</v>
       </c>
       <c r="D92" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E92" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F92" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="H92" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>177</v>
+        <v>125</v>
       </c>
       <c r="D93" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E93" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F93" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="H93" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>345</v>
+        <v>129</v>
       </c>
       <c r="D94" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E94" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F94" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="H94" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>349</v>
+        <v>133</v>
       </c>
       <c r="D95" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E95" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F95" t="s">
-        <v>350</v>
+        <v>256</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="H95" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>354</v>
+        <v>137</v>
       </c>
       <c r="D96" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E96" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F96" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H96" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>358</v>
+        <v>141</v>
       </c>
       <c r="D97" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E97" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F97" t="s">
-        <v>193</v>
+        <v>256</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="H97" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>362</v>
+        <v>145</v>
       </c>
       <c r="D98" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E98" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F98" t="s">
-        <v>207</v>
+        <v>247</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>366</v>
+        <v>149</v>
       </c>
       <c r="D99" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E99" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F99" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H99" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>370</v>
+        <v>153</v>
       </c>
       <c r="D100" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E100" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F100" t="s">
-        <v>207</v>
+        <v>372</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H100" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>374</v>
+        <v>157</v>
       </c>
       <c r="D101" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E101" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F101" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H101" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>378</v>
+        <v>161</v>
       </c>
       <c r="D102" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E102" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F102" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>379</v>
       </c>
       <c r="H102" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>381</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
+        <v>165</v>
+      </c>
+      <c r="D103" t="s">
+        <v>254</v>
+      </c>
+      <c r="E103" t="s">
+        <v>255</v>
+      </c>
+      <c r="F103" t="s">
+        <v>247</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="D103" t="s">
-[...8 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>384</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>169</v>
+      </c>
+      <c r="D104" t="s">
+        <v>254</v>
+      </c>
+      <c r="E104" t="s">
+        <v>255</v>
+      </c>
+      <c r="F104" t="s">
+        <v>279</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="H104" t="s">
         <v>386</v>
-      </c>
-[...13 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>387</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>173</v>
+      </c>
+      <c r="D105" t="s">
+        <v>254</v>
+      </c>
+      <c r="E105" t="s">
+        <v>255</v>
+      </c>
+      <c r="F105" t="s">
+        <v>256</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H105" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>394</v>
+        <v>177</v>
       </c>
       <c r="D106" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E106" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F106" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="H106" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="D107" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E107" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F107" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="H107" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>397</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>398</v>
+      </c>
+      <c r="D108" t="s">
+        <v>254</v>
+      </c>
+      <c r="E108" t="s">
+        <v>255</v>
+      </c>
+      <c r="F108" t="s">
+        <v>399</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H108" t="s">
         <v>401</v>
-      </c>
-[...19 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>402</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>403</v>
+      </c>
+      <c r="D109" t="s">
+        <v>254</v>
+      </c>
+      <c r="E109" t="s">
+        <v>255</v>
+      </c>
+      <c r="F109" t="s">
+        <v>247</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H109" t="s">
         <v>405</v>
-      </c>
-[...19 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>406</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>407</v>
+      </c>
+      <c r="D110" t="s">
+        <v>254</v>
+      </c>
+      <c r="E110" t="s">
+        <v>255</v>
+      </c>
+      <c r="F110" t="s">
+        <v>242</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H110" t="s">
         <v>409</v>
-      </c>
-[...19 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>414</v>
+        <v>180</v>
       </c>
       <c r="D111" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E111" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F111" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="H111" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>418</v>
+        <v>184</v>
       </c>
       <c r="D112" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E112" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F112" t="s">
-        <v>419</v>
+        <v>247</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="H112" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>423</v>
+        <v>188</v>
       </c>
       <c r="D113" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E113" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F113" t="s">
-        <v>193</v>
+        <v>256</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="H113" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>427</v>
+        <v>192</v>
       </c>
       <c r="D114" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E114" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F114" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="H114" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>431</v>
+        <v>196</v>
       </c>
       <c r="D115" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E115" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F115" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="H115" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>435</v>
+        <v>199</v>
       </c>
       <c r="D116" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E116" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F116" t="s">
-        <v>193</v>
+        <v>279</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="H116" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>439</v>
+        <v>202</v>
       </c>
       <c r="D117" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E117" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F117" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="H117" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>443</v>
+        <v>206</v>
       </c>
       <c r="D118" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E118" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F118" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="H118" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>447</v>
+        <v>209</v>
       </c>
       <c r="D119" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E119" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F119" t="s">
-        <v>230</v>
+        <v>317</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="H119" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>451</v>
+        <v>213</v>
       </c>
       <c r="D120" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E120" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F120" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
       <c r="H120" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>454</v>
+        <v>217</v>
       </c>
       <c r="D121" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E121" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F121" t="s">
-        <v>193</v>
+        <v>279</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
       <c r="H121" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>458</v>
+        <v>221</v>
       </c>
       <c r="D122" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E122" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F122" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="H122" t="s">
-        <v>460</v>
+        <v>445</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>462</v>
+        <v>225</v>
       </c>
       <c r="D123" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E123" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F123" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>463</v>
+        <v>447</v>
       </c>
       <c r="H123" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>465</v>
+        <v>449</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>466</v>
+        <v>450</v>
       </c>
       <c r="D124" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E124" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F124" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>467</v>
+        <v>451</v>
       </c>
       <c r="H124" t="s">
-        <v>468</v>
+        <v>452</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>453</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>470</v>
+        <v>454</v>
       </c>
       <c r="D125" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E125" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F125" t="s">
-        <v>207</v>
+        <v>455</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="H125" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>473</v>
+        <v>458</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>474</v>
+        <v>459</v>
       </c>
       <c r="D126" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E126" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F126" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="H126" t="s">
-        <v>476</v>
+        <v>461</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>477</v>
+        <v>462</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>478</v>
+        <v>463</v>
       </c>
       <c r="D127" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E127" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F127" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>479</v>
+        <v>464</v>
       </c>
       <c r="H127" t="s">
-        <v>480</v>
+        <v>465</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>482</v>
+        <v>467</v>
       </c>
       <c r="D128" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E128" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F128" t="s">
-        <v>193</v>
+        <v>256</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>483</v>
+        <v>468</v>
       </c>
       <c r="H128" t="s">
-        <v>484</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>486</v>
+        <v>471</v>
       </c>
       <c r="D129" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E129" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F129" t="s">
-        <v>193</v>
+        <v>242</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>487</v>
+        <v>472</v>
       </c>
       <c r="H129" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
       <c r="D130" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E130" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F130" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="H130" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="D131" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E131" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F131" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>494</v>
+        <v>480</v>
       </c>
       <c r="H131" t="s">
-        <v>495</v>
+        <v>481</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>496</v>
+        <v>482</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>497</v>
+        <v>483</v>
       </c>
       <c r="D132" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E132" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F132" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>498</v>
+        <v>484</v>
       </c>
       <c r="H132" t="s">
-        <v>499</v>
+        <v>485</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>500</v>
+        <v>486</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>501</v>
+        <v>487</v>
       </c>
       <c r="D133" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E133" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F133" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>502</v>
+        <v>488</v>
       </c>
       <c r="H133" t="s">
-        <v>503</v>
+        <v>485</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>504</v>
+        <v>489</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>505</v>
+        <v>490</v>
       </c>
       <c r="D134" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E134" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F134" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>506</v>
+        <v>491</v>
       </c>
       <c r="H134" t="s">
-        <v>507</v>
+        <v>492</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>508</v>
+        <v>493</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>509</v>
+        <v>494</v>
       </c>
       <c r="D135" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E135" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F135" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>510</v>
+        <v>495</v>
       </c>
       <c r="H135" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="D136" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E136" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F136" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="H136" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="D137" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E137" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F137" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="H137" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="D138" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E138" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F138" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>522</v>
+        <v>507</v>
       </c>
       <c r="H138" t="s">
-        <v>523</v>
+        <v>508</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>524</v>
+        <v>509</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>525</v>
+        <v>510</v>
       </c>
       <c r="D139" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E139" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F139" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>526</v>
+        <v>511</v>
       </c>
       <c r="H139" t="s">
-        <v>527</v>
+        <v>512</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>529</v>
+        <v>514</v>
       </c>
       <c r="D140" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E140" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F140" t="s">
-        <v>220</v>
+        <v>247</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>530</v>
+        <v>515</v>
       </c>
       <c r="H140" t="s">
-        <v>531</v>
+        <v>516</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>532</v>
+        <v>517</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>533</v>
+        <v>518</v>
       </c>
       <c r="D141" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E141" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F141" t="s">
-        <v>207</v>
+        <v>242</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>534</v>
+        <v>519</v>
       </c>
       <c r="H141" t="s">
-        <v>535</v>
+        <v>520</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>537</v>
+        <v>522</v>
       </c>
       <c r="D142" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E142" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F142" t="s">
-        <v>207</v>
+        <v>242</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>538</v>
+        <v>523</v>
       </c>
       <c r="H142" t="s">
-        <v>539</v>
+        <v>520</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>540</v>
+        <v>524</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>541</v>
+        <v>525</v>
       </c>
       <c r="D143" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E143" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F143" t="s">
-        <v>207</v>
+        <v>247</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="H143" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>544</v>
+        <v>528</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>545</v>
+        <v>529</v>
       </c>
       <c r="D144" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E144" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F144" t="s">
-        <v>419</v>
+        <v>279</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="H144" t="s">
-        <v>547</v>
+        <v>531</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>548</v>
+        <v>532</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>549</v>
+        <v>533</v>
       </c>
       <c r="D145" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E145" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F145" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="H145" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="D146" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E146" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F146" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="H146" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="D147" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E147" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F147" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c r="H147" t="s">
-        <v>559</v>
+        <v>543</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>561</v>
+        <v>545</v>
       </c>
       <c r="D148" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E148" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F148" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>562</v>
+        <v>546</v>
       </c>
       <c r="H148" t="s">
-        <v>563</v>
+        <v>547</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>565</v>
+        <v>549</v>
       </c>
       <c r="D149" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E149" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F149" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>566</v>
+        <v>550</v>
       </c>
       <c r="H149" t="s">
-        <v>567</v>
+        <v>551</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>568</v>
+        <v>552</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>569</v>
+        <v>553</v>
       </c>
       <c r="D150" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E150" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F150" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>570</v>
+        <v>554</v>
       </c>
       <c r="H150" t="s">
-        <v>571</v>
+        <v>555</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>572</v>
+        <v>556</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>573</v>
+        <v>557</v>
       </c>
       <c r="D151" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E151" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F151" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>574</v>
+        <v>558</v>
       </c>
       <c r="H151" t="s">
-        <v>575</v>
+        <v>559</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>576</v>
+        <v>560</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>577</v>
+        <v>561</v>
       </c>
       <c r="D152" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E152" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F152" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>578</v>
+        <v>562</v>
       </c>
       <c r="H152" t="s">
-        <v>579</v>
+        <v>563</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>581</v>
+        <v>565</v>
       </c>
       <c r="D153" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E153" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F153" t="s">
-        <v>230</v>
+        <v>269</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
       <c r="H153" t="s">
-        <v>583</v>
+        <v>567</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>585</v>
+        <v>569</v>
       </c>
       <c r="D154" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E154" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F154" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>586</v>
+        <v>570</v>
       </c>
       <c r="H154" t="s">
-        <v>587</v>
+        <v>571</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>588</v>
+        <v>572</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>589</v>
+        <v>573</v>
       </c>
       <c r="D155" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E155" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F155" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>590</v>
+        <v>574</v>
       </c>
       <c r="H155" t="s">
-        <v>591</v>
+        <v>575</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="D156" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E156" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F156" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>594</v>
+        <v>578</v>
       </c>
       <c r="H156" t="s">
-        <v>595</v>
+        <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>596</v>
+        <v>580</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="D157" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E157" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F157" t="s">
-        <v>193</v>
+        <v>455</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="H157" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>601</v>
+        <v>585</v>
       </c>
       <c r="D158" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E158" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F158" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>602</v>
+        <v>586</v>
       </c>
       <c r="H158" t="s">
-        <v>603</v>
+        <v>587</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>604</v>
+        <v>588</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="D159" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E159" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F159" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="H159" t="s">
-        <v>607</v>
+        <v>591</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>608</v>
+        <v>592</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>609</v>
+        <v>593</v>
       </c>
       <c r="D160" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E160" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F160" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>610</v>
+        <v>594</v>
       </c>
       <c r="H160" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="D161" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E161" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F161" t="s">
-        <v>198</v>
+        <v>247</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
       <c r="H161" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>616</v>
+        <v>600</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="D162" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E162" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F162" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
       <c r="H162" t="s">
-        <v>619</v>
+        <v>603</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>620</v>
+        <v>604</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>621</v>
+        <v>605</v>
       </c>
       <c r="D163" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E163" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F163" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>622</v>
+        <v>606</v>
       </c>
       <c r="H163" t="s">
-        <v>623</v>
+        <v>607</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
       <c r="D164" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E164" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F164" t="s">
-        <v>220</v>
+        <v>269</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>626</v>
+        <v>610</v>
       </c>
       <c r="H164" t="s">
-        <v>627</v>
+        <v>611</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>628</v>
+        <v>612</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>629</v>
+        <v>613</v>
       </c>
       <c r="D165" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E165" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F165" t="s">
-        <v>220</v>
+        <v>256</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>630</v>
+        <v>614</v>
       </c>
       <c r="H165" t="s">
-        <v>631</v>
+        <v>615</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>632</v>
+        <v>616</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>633</v>
+        <v>617</v>
       </c>
       <c r="D166" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E166" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F166" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>634</v>
+        <v>618</v>
       </c>
       <c r="H166" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="D167" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E167" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F167" t="s">
-        <v>230</v>
+        <v>279</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>638</v>
+        <v>622</v>
       </c>
       <c r="H167" t="s">
-        <v>639</v>
+        <v>623</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>641</v>
+        <v>625</v>
       </c>
       <c r="D168" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E168" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F168" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>642</v>
+        <v>626</v>
       </c>
       <c r="H168" t="s">
-        <v>643</v>
+        <v>627</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>644</v>
+        <v>628</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>645</v>
+        <v>629</v>
       </c>
       <c r="D169" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E169" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F169" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="H169" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="D170" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E170" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F170" t="s">
-        <v>220</v>
+        <v>242</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>650</v>
+        <v>634</v>
       </c>
       <c r="H170" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>652</v>
+        <v>636</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="D171" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E171" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F171" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>654</v>
+        <v>638</v>
       </c>
       <c r="H171" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>656</v>
+        <v>640</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="D172" t="s">
-        <v>205</v>
+        <v>254</v>
       </c>
       <c r="E172" t="s">
-        <v>206</v>
+        <v>255</v>
       </c>
       <c r="F172" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="H172" t="s">
-        <v>659</v>
+        <v>643</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>660</v>
+        <v>644</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>645</v>
       </c>
       <c r="D173" t="s">
-        <v>661</v>
+        <v>254</v>
       </c>
       <c r="E173" t="s">
-        <v>662</v>
+        <v>255</v>
       </c>
       <c r="F173" t="s">
-        <v>207</v>
+        <v>247</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>663</v>
+        <v>646</v>
       </c>
       <c r="H173" t="s">
-        <v>535</v>
+        <v>647</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>664</v>
+        <v>648</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>10</v>
+        <v>649</v>
       </c>
       <c r="D174" t="s">
-        <v>665</v>
+        <v>254</v>
       </c>
       <c r="E174" t="s">
-        <v>666</v>
+        <v>255</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="H174" t="s">
-        <v>668</v>
+        <v>651</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>10</v>
+        <v>653</v>
       </c>
       <c r="D175" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E175" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F175" t="s">
-        <v>672</v>
+        <v>256</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
       <c r="H175" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>675</v>
+        <v>656</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>17</v>
+        <v>657</v>
       </c>
       <c r="D176" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E176" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F176" t="s">
-        <v>323</v>
+        <v>256</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>676</v>
+        <v>658</v>
       </c>
       <c r="H176" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>678</v>
+        <v>660</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>21</v>
+        <v>661</v>
       </c>
       <c r="D177" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E177" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F177" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="H177" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>25</v>
+        <v>665</v>
       </c>
       <c r="D178" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E178" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F178" t="s">
-        <v>682</v>
+        <v>269</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="H178" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>685</v>
+        <v>668</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>197</v>
+        <v>669</v>
       </c>
       <c r="D179" t="s">
+        <v>254</v>
+      </c>
+      <c r="E179" t="s">
+        <v>255</v>
+      </c>
+      <c r="F179" t="s">
+        <v>279</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="E179" t="s">
+      <c r="H179" t="s">
         <v>671</v>
-      </c>
-[...7 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>688</v>
+        <v>672</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>29</v>
+        <v>673</v>
       </c>
       <c r="D180" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E180" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F180" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>689</v>
+        <v>674</v>
       </c>
       <c r="H180" t="s">
-        <v>690</v>
+        <v>675</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>691</v>
+        <v>676</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>33</v>
+        <v>677</v>
       </c>
       <c r="D181" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E181" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F181" t="s">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>692</v>
+        <v>678</v>
       </c>
       <c r="H181" t="s">
-        <v>693</v>
+        <v>679</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>694</v>
+        <v>680</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>37</v>
+        <v>681</v>
       </c>
       <c r="D182" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E182" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F182" t="s">
-        <v>695</v>
+        <v>256</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>696</v>
+        <v>682</v>
       </c>
       <c r="H182" t="s">
-        <v>697</v>
+        <v>683</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>698</v>
+        <v>684</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>41</v>
+        <v>685</v>
       </c>
       <c r="D183" t="s">
-        <v>670</v>
+        <v>254</v>
       </c>
       <c r="E183" t="s">
-        <v>671</v>
+        <v>255</v>
       </c>
       <c r="F183" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>699</v>
+        <v>686</v>
       </c>
       <c r="H183" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>701</v>
+        <v>688</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>10</v>
+        <v>689</v>
       </c>
       <c r="D184" t="s">
-        <v>702</v>
+        <v>254</v>
       </c>
       <c r="E184" t="s">
-        <v>703</v>
+        <v>255</v>
       </c>
       <c r="F184" t="s">
-        <v>704</v>
+        <v>279</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="H184" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>17</v>
+        <v>693</v>
       </c>
       <c r="D185" t="s">
-        <v>702</v>
+        <v>254</v>
       </c>
       <c r="E185" t="s">
-        <v>703</v>
+        <v>255</v>
       </c>
       <c r="F185" t="s">
-        <v>708</v>
+        <v>256</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>709</v>
+        <v>694</v>
       </c>
       <c r="H185" t="s">
-        <v>710</v>
+        <v>695</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>711</v>
+        <v>696</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>10</v>
+        <v>697</v>
       </c>
       <c r="D186" t="s">
-        <v>712</v>
+        <v>254</v>
       </c>
       <c r="E186" t="s">
-        <v>713</v>
+        <v>255</v>
       </c>
       <c r="F186" t="s">
-        <v>714</v>
+        <v>279</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>715</v>
+        <v>698</v>
       </c>
       <c r="H186" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>10</v>
+        <v>701</v>
       </c>
       <c r="D187" t="s">
-        <v>718</v>
+        <v>254</v>
       </c>
       <c r="E187" t="s">
-        <v>719</v>
+        <v>255</v>
       </c>
       <c r="F187" t="s">
-        <v>714</v>
+        <v>279</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="H187" t="s">
-        <v>721</v>
+        <v>703</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>722</v>
+        <v>704</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>10</v>
+        <v>705</v>
       </c>
       <c r="D188" t="s">
-        <v>723</v>
+        <v>254</v>
       </c>
       <c r="E188" t="s">
-        <v>724</v>
+        <v>255</v>
       </c>
       <c r="F188" t="s">
-        <v>725</v>
+        <v>279</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>726</v>
+        <v>706</v>
       </c>
       <c r="H188" t="s">
-        <v>727</v>
+        <v>707</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>728</v>
+        <v>708</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>10</v>
+        <v>709</v>
       </c>
       <c r="D189" t="s">
-        <v>729</v>
+        <v>254</v>
       </c>
       <c r="E189" t="s">
-        <v>730</v>
+        <v>255</v>
       </c>
       <c r="F189" t="s">
-        <v>182</v>
+        <v>269</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>731</v>
+        <v>710</v>
       </c>
       <c r="H189" t="s">
-        <v>732</v>
+        <v>711</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>733</v>
+        <v>712</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>17</v>
+        <v>713</v>
       </c>
       <c r="D190" t="s">
-        <v>729</v>
+        <v>254</v>
       </c>
       <c r="E190" t="s">
-        <v>730</v>
+        <v>255</v>
       </c>
       <c r="F190" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
       <c r="H190" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>10</v>
+        <v>717</v>
       </c>
       <c r="D191" t="s">
-        <v>737</v>
+        <v>254</v>
       </c>
       <c r="E191" t="s">
-        <v>738</v>
+        <v>255</v>
       </c>
       <c r="F191" t="s">
-        <v>207</v>
+        <v>269</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>739</v>
+        <v>718</v>
       </c>
       <c r="H191" t="s">
-        <v>740</v>
+        <v>719</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>720</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>721</v>
+      </c>
+      <c r="D192" t="s">
+        <v>254</v>
+      </c>
+      <c r="E192" t="s">
+        <v>255</v>
+      </c>
+      <c r="F192" t="s">
+        <v>256</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H192" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>724</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>725</v>
+      </c>
+      <c r="D193" t="s">
+        <v>254</v>
+      </c>
+      <c r="E193" t="s">
+        <v>255</v>
+      </c>
+      <c r="F193" t="s">
+        <v>279</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H193" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>728</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>729</v>
+      </c>
+      <c r="D194" t="s">
+        <v>254</v>
+      </c>
+      <c r="E194" t="s">
+        <v>255</v>
+      </c>
+      <c r="F194" t="s">
+        <v>256</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H194" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>732</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>733</v>
+      </c>
+      <c r="D195" t="s">
+        <v>254</v>
+      </c>
+      <c r="E195" t="s">
+        <v>255</v>
+      </c>
+      <c r="F195" t="s">
+        <v>256</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H195" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>736</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>737</v>
+      </c>
+      <c r="D196" t="s">
+        <v>254</v>
+      </c>
+      <c r="E196" t="s">
+        <v>255</v>
+      </c>
+      <c r="F196" t="s">
+        <v>242</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H196" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>740</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
         <v>741</v>
       </c>
-      <c r="B192" t="s">
-[...2 lines deleted...]
-      <c r="C192" t="s">
+      <c r="D197" t="s">
+        <v>254</v>
+      </c>
+      <c r="E197" t="s">
+        <v>255</v>
+      </c>
+      <c r="F197" t="s">
+        <v>279</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H197" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>744</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>745</v>
+      </c>
+      <c r="D198" t="s">
+        <v>254</v>
+      </c>
+      <c r="E198" t="s">
+        <v>255</v>
+      </c>
+      <c r="F198" t="s">
+        <v>279</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H198" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>748</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>749</v>
+      </c>
+      <c r="D199" t="s">
+        <v>254</v>
+      </c>
+      <c r="E199" t="s">
+        <v>255</v>
+      </c>
+      <c r="F199" t="s">
+        <v>279</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H199" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>752</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>753</v>
+      </c>
+      <c r="D200" t="s">
+        <v>254</v>
+      </c>
+      <c r="E200" t="s">
+        <v>255</v>
+      </c>
+      <c r="F200" t="s">
+        <v>279</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H200" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>756</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>757</v>
+      </c>
+      <c r="D201" t="s">
+        <v>254</v>
+      </c>
+      <c r="E201" t="s">
+        <v>255</v>
+      </c>
+      <c r="F201" t="s">
+        <v>279</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="H201" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>760</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>761</v>
+      </c>
+      <c r="D202" t="s">
+        <v>254</v>
+      </c>
+      <c r="E202" t="s">
+        <v>255</v>
+      </c>
+      <c r="F202" t="s">
+        <v>279</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="H202" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>764</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>765</v>
+      </c>
+      <c r="D203" t="s">
+        <v>254</v>
+      </c>
+      <c r="E203" t="s">
+        <v>255</v>
+      </c>
+      <c r="F203" t="s">
+        <v>279</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H203" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>768</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>769</v>
+      </c>
+      <c r="D204" t="s">
+        <v>254</v>
+      </c>
+      <c r="E204" t="s">
+        <v>255</v>
+      </c>
+      <c r="F204" t="s">
+        <v>279</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="H204" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>772</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>773</v>
+      </c>
+      <c r="D205" t="s">
+        <v>254</v>
+      </c>
+      <c r="E205" t="s">
+        <v>255</v>
+      </c>
+      <c r="F205" t="s">
+        <v>279</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H205" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>776</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>777</v>
+      </c>
+      <c r="D206" t="s">
+        <v>254</v>
+      </c>
+      <c r="E206" t="s">
+        <v>255</v>
+      </c>
+      <c r="F206" t="s">
+        <v>279</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H206" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>780</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>781</v>
+      </c>
+      <c r="D207" t="s">
+        <v>254</v>
+      </c>
+      <c r="E207" t="s">
+        <v>255</v>
+      </c>
+      <c r="F207" t="s">
+        <v>279</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H207" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>784</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>785</v>
+      </c>
+      <c r="D208" t="s">
+        <v>254</v>
+      </c>
+      <c r="E208" t="s">
+        <v>255</v>
+      </c>
+      <c r="F208" t="s">
+        <v>256</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H208" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>788</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>789</v>
+      </c>
+      <c r="D209" t="s">
+        <v>254</v>
+      </c>
+      <c r="E209" t="s">
+        <v>255</v>
+      </c>
+      <c r="F209" t="s">
+        <v>279</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H209" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>792</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>793</v>
+      </c>
+      <c r="D210" t="s">
+        <v>254</v>
+      </c>
+      <c r="E210" t="s">
+        <v>255</v>
+      </c>
+      <c r="F210" t="s">
+        <v>279</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H210" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>796</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>797</v>
+      </c>
+      <c r="D211" t="s">
+        <v>254</v>
+      </c>
+      <c r="E211" t="s">
+        <v>255</v>
+      </c>
+      <c r="F211" t="s">
+        <v>269</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H211" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>800</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>801</v>
+      </c>
+      <c r="D212" t="s">
+        <v>254</v>
+      </c>
+      <c r="E212" t="s">
+        <v>255</v>
+      </c>
+      <c r="F212" t="s">
+        <v>269</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H212" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>804</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>805</v>
+      </c>
+      <c r="D213" t="s">
+        <v>254</v>
+      </c>
+      <c r="E213" t="s">
+        <v>255</v>
+      </c>
+      <c r="F213" t="s">
+        <v>242</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H213" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>808</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>809</v>
+      </c>
+      <c r="D214" t="s">
+        <v>254</v>
+      </c>
+      <c r="E214" t="s">
+        <v>255</v>
+      </c>
+      <c r="F214" t="s">
+        <v>256</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H214" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>812</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>10</v>
+      </c>
+      <c r="D215" t="s">
+        <v>813</v>
+      </c>
+      <c r="E215" t="s">
+        <v>814</v>
+      </c>
+      <c r="F215" t="s">
+        <v>256</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H215" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>816</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>10</v>
+      </c>
+      <c r="D216" t="s">
+        <v>817</v>
+      </c>
+      <c r="E216" t="s">
+        <v>818</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H216" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>821</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>10</v>
+      </c>
+      <c r="D217" t="s">
+        <v>822</v>
+      </c>
+      <c r="E217" t="s">
+        <v>823</v>
+      </c>
+      <c r="F217" t="s">
+        <v>824</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H217" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>827</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
         <v>17</v>
       </c>
-      <c r="D192" t="s">
-[...12 lines deleted...]
-        <v>743</v>
+      <c r="D218" t="s">
+        <v>822</v>
+      </c>
+      <c r="E218" t="s">
+        <v>823</v>
+      </c>
+      <c r="F218" t="s">
+        <v>372</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H218" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>830</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>21</v>
+      </c>
+      <c r="D219" t="s">
+        <v>822</v>
+      </c>
+      <c r="E219" t="s">
+        <v>823</v>
+      </c>
+      <c r="F219" t="s">
+        <v>256</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H219" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>833</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>25</v>
+      </c>
+      <c r="D220" t="s">
+        <v>822</v>
+      </c>
+      <c r="E220" t="s">
+        <v>823</v>
+      </c>
+      <c r="F220" t="s">
+        <v>834</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H220" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>837</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>246</v>
+      </c>
+      <c r="D221" t="s">
+        <v>822</v>
+      </c>
+      <c r="E221" t="s">
+        <v>823</v>
+      </c>
+      <c r="F221" t="s">
+        <v>834</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H221" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>840</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>29</v>
+      </c>
+      <c r="D222" t="s">
+        <v>822</v>
+      </c>
+      <c r="E222" t="s">
+        <v>823</v>
+      </c>
+      <c r="F222" t="s">
+        <v>317</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H222" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>843</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>33</v>
+      </c>
+      <c r="D223" t="s">
+        <v>822</v>
+      </c>
+      <c r="E223" t="s">
+        <v>823</v>
+      </c>
+      <c r="F223" t="s">
+        <v>256</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H223" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>846</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>37</v>
+      </c>
+      <c r="D224" t="s">
+        <v>822</v>
+      </c>
+      <c r="E224" t="s">
+        <v>823</v>
+      </c>
+      <c r="F224" t="s">
+        <v>847</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H224" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>850</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" t="s">
+        <v>822</v>
+      </c>
+      <c r="E225" t="s">
+        <v>823</v>
+      </c>
+      <c r="F225" t="s">
+        <v>256</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H225" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>853</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>45</v>
+      </c>
+      <c r="D226" t="s">
+        <v>822</v>
+      </c>
+      <c r="E226" t="s">
+        <v>823</v>
+      </c>
+      <c r="F226" t="s">
+        <v>854</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H226" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>857</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>49</v>
+      </c>
+      <c r="D227" t="s">
+        <v>822</v>
+      </c>
+      <c r="E227" t="s">
+        <v>823</v>
+      </c>
+      <c r="F227" t="s">
+        <v>854</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H227" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>860</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>53</v>
+      </c>
+      <c r="D228" t="s">
+        <v>822</v>
+      </c>
+      <c r="E228" t="s">
+        <v>823</v>
+      </c>
+      <c r="F228" t="s">
+        <v>242</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H228" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>863</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>10</v>
+      </c>
+      <c r="D229" t="s">
+        <v>864</v>
+      </c>
+      <c r="E229" t="s">
+        <v>865</v>
+      </c>
+      <c r="F229" t="s">
+        <v>866</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H229" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>869</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" t="s">
+        <v>864</v>
+      </c>
+      <c r="E230" t="s">
+        <v>865</v>
+      </c>
+      <c r="F230" t="s">
+        <v>870</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H230" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>873</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>10</v>
+      </c>
+      <c r="D231" t="s">
+        <v>874</v>
+      </c>
+      <c r="E231" t="s">
+        <v>875</v>
+      </c>
+      <c r="F231" t="s">
+        <v>876</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H231" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>879</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>10</v>
+      </c>
+      <c r="D232" t="s">
+        <v>880</v>
+      </c>
+      <c r="E232" t="s">
+        <v>881</v>
+      </c>
+      <c r="F232" t="s">
+        <v>876</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H232" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>884</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>10</v>
+      </c>
+      <c r="D233" t="s">
+        <v>885</v>
+      </c>
+      <c r="E233" t="s">
+        <v>886</v>
+      </c>
+      <c r="F233" t="s">
+        <v>887</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H233" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>890</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>10</v>
+      </c>
+      <c r="D234" t="s">
+        <v>891</v>
+      </c>
+      <c r="E234" t="s">
+        <v>892</v>
+      </c>
+      <c r="F234" t="s">
+        <v>231</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="H234" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>895</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>17</v>
+      </c>
+      <c r="D235" t="s">
+        <v>891</v>
+      </c>
+      <c r="E235" t="s">
+        <v>892</v>
+      </c>
+      <c r="F235" t="s">
+        <v>256</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H235" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>898</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>10</v>
+      </c>
+      <c r="D236" t="s">
+        <v>899</v>
+      </c>
+      <c r="E236" t="s">
+        <v>900</v>
+      </c>
+      <c r="F236" t="s">
+        <v>256</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H236" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>903</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" t="s">
+        <v>899</v>
+      </c>
+      <c r="E237" t="s">
+        <v>900</v>
+      </c>
+      <c r="F237" t="s">
+        <v>242</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H237" t="s">
+        <v>905</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7794,50 +9451,95 @@
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>