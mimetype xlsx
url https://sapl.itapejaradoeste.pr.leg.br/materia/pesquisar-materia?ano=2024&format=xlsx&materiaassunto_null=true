--- v0 (2025-10-06)
+++ v1 (2026-03-27)
@@ -54,1647 +54,1647 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/837/scan2356.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/837/scan2356.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para todos os Servidores do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/851/projeto_de_lei_n_004.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/851/projeto_de_lei_n_004.2024.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Esporte e Lazer - CMEL.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/852/projeto_de_lei_n_005.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/852/projeto_de_lei_n_005.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber doação de imóvel, e dá outras providências.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/853/projeto_de_lei_n_006.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/853/projeto_de_lei_n_006.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a receber doação de imóvel, e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/854/projeto_de_lei_n_007.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/854/projeto_de_lei_n_007.2024.pdf</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/855/projeto_de_lei_n_008.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/855/projeto_de_lei_n_008.2024.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo "A" da lei 1733/2017, de 19.07.2017 acrescentando atribuições ao cargo efetivo de psicólogo, à Lei Municipal n° 1.638/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/856/projeto_de_lei_n_009.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/856/projeto_de_lei_n_009.2024.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Cultura - CMC.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/861/projeto_de_lei_n_010.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/861/projeto_de_lei_n_010.2024.pdf</t>
   </si>
   <si>
     <t>Altera Lei n°. 1940/2020 de 03.12.2020 - Dispõe sobre a Revisão do Zoneamento, o Uso e a Ocupação do Solo Urbano, e Sistema Viário do Município de Itapejara D' Oeste, Estado do Paraná.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/862/projeto_de_lei_n_011.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/862/projeto_de_lei_n_011.2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para os Servidores, Ativos, Inativos, Pensionistas e Comissionados da Municipilidade do Município de Itapejara D' Oeste, Paraná.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/875/projeto_de_lei_n_012.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/875/projeto_de_lei_n_012.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a outorgar A Concessão Administrativa Temporária de Uso de Bem Público, em caráter oneroso e com encargos de um Barracão Industrial e dá outras providências.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/863/projeto_de_lei_n_013.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/863/projeto_de_lei_n_013.2024.pdf</t>
   </si>
   <si>
     <t>Define a Nomenclatura de Próprios do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_lei_n_014.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_lei_n_014.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Desenvolvimento Econômico de Itapejara D' Oeste - Prí-Itape, e cria o Fundo Municipal de Desenvolvimento Econômico - FMDE e dá outras providências.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_n_015.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_n_015.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal de Itapejara D' Oeste, revoga a Lei nº 1.215, de 08 de dezembro de 2010, a Lei 1.732/2017 e demais disposições em contrário.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei_n_016.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei_n_016.2024.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 1844/2019 e dispõe sobre a inspeção industrial e sanitária dos produtos de origem animal e institui o Serviço de Inspeção Municipal de Produtos de Origem Animal (SIM/POA), e dá outras providências.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/891/projeto_de_lei_n_017.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/891/projeto_de_lei_n_017.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do Municipio de Itapejara D' Oeste, Estado do Paraná, para o Exercício Financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/893/projeto_de_lei_n_018.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/893/projeto_de_lei_n_018.2024.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA, e dá outras providências.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_n_019.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_n_019.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar área de terra de sua propriedade à Companhia  de Habitação do Paraná - COHAPAR para desenvolvimeto de programa habitacional e dá outras providências.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_020.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_020.2024.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública do Município a ONG Leva Eu, e dá outras providências.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_de_lei_n_021.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_de_lei_n_021.2024.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso VI no Art. 1° da Lei n° 1762/2017, que Cria o Conselho Municipal de Saneamento Básico - COMUSAB e da outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_de_lei_n_022.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_de_lei_n_022.2024.pdf</t>
   </si>
   <si>
     <t>"Declara Órgão Oficial do Municipio de Itapejara D' Oeste, Estado do Paraná, para fins de divulgação de atos oficiais e dá outras providências".</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_lei_n_023.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_lei_n_023.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a outorgar a Concessão Admnistrativa Temporária de Uso de Bem Público, em caráter oneroso e com encargos de Lote Rural e dá outras providências.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_lei_n_024.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_lei_n_024.2024.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/950/projeto_de_lei_n_025.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/950/projeto_de_lei_n_025.2024.pdf</t>
   </si>
   <si>
     <t>"Institui o teletrabalho, aos servidores do Poder Executivo de Itapejara D' Oeste/PR e dá outras providências"</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/952/projeto_de_lei_n_026.2024_ajustado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/952/projeto_de_lei_n_026.2024_ajustado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1005/2008 que dispõe sobre a composição do Conselho Gestor do FMHIS e dá outras providências.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/960/projeto_de_lei_n_027.2024_-_com_anexos.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/960/projeto_de_lei_n_027.2024_-_com_anexos.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itapejara d' Oeste, Estado do Paraná, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/954/projeto_de_lei_n_028.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/954/projeto_de_lei_n_028.2024.pdf</t>
   </si>
   <si>
     <t>Ratifica a Consolidação do Protocolo de Intenções do Consórcio Intermunicipal de Educação e Ensino do Estado do Paraná - CIEDEPAR, nos termos da Lei Federal n.° 11.107/2005 e Decreto Federal n.° 6.017/2007 e dá outras providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_de_lei_n_029.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_de_lei_n_029.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a outorgar a Concessão Administrativa Temporária de Uso de Bem Público, em caráter oneroso e com encargos de um Barracão Industrial e dá outras providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/956/projeto_de_lei_n_030.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/956/projeto_de_lei_n_030.2024.pdf</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o §2° do Art.2° da Lei n°. 2148/2024 de 25.03.2024, que "Proíbe, no âmbito municipal de Itapejara D' Oeste, a utilização, queima ou soltura de fogos de artifício que produzam barulho, e dá outras providências".</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_n_32.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_n_32.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos das Pessoas com Deficiência do Município de Itapejara D' Oeste - PR - CMDPD, e do Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a denominar vias e logradouros públicos e dá outras providências.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n_035.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n_035.2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itapejara D'Oeste, Estado do Paraná, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/834/projeto_de_lei_n._01_2024_mineiro_fogos.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/834/projeto_de_lei_n._01_2024_mineiro_fogos.pdf</t>
   </si>
   <si>
     <t>“Proíbe, no âmbito municipal, a utilização, queima ou soltura de fogos de artifício que produzam barulho, e dá outras providências"</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/836/projeto_de_lei_n._02_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/836/projeto_de_lei_n._02_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “Família Solidária” no Município de Itapejara D´Oeste, e estabelece critérios de participação, e dá outras providências</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/842/projeto_de_lei_n._03_aparelho_de_glicose_digital.docx</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/842/projeto_de_lei_n._03_aparelho_de_glicose_digital.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Itapejara D' Oeste a conceder gratuitamente às crianças e adolescentes diabétiicos sensor e aparelho de glicose digital.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/843/projeto_de_lei_n._04_2024__up_aef_futsal.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/843/projeto_de_lei_n._04_2024__up_aef_futsal.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a ASSOCIAÇÃO ESPORTIVA DE FUTSAL DE ITAPEJARA D`OESTE (AEF – ITAP FUTSAL) e dá outras providências".</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/859/projeto_de_lei_n._05_2024_cria_funcao_e_estabelece_gratificacao_agente_de_contratacao.docx</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/859/projeto_de_lei_n._05_2024_cria_funcao_e_estabelece_gratificacao_agente_de_contratacao.docx</t>
   </si>
   <si>
     <t>Cria e institui gratificação de função a ser paga ao servidor designado como Agente de Contratação do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei_n._06_2024_reajuste_ipca_com_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei_n._06_2024_reajuste_ipca_com_vereadores.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionaria de vencimentos para os Vereadores, Servidores Efetivos e Comissonados do Poder Legislativo Municipal de Itapejara D' Oeste, Estado do Paraná</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>João Venturin, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/894/projeto_de_lei_n._07_2024_capsula_do__tempo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/894/projeto_de_lei_n._07_2024_capsula_do__tempo.pdf</t>
   </si>
   <si>
     <t>Institui o projeto de ação cultural denominado Cápsula do Tempo no Município de Itapejara D´Oeste - PR e dá outras providências.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_lei_n._08_2024_subsidioprefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_lei_n._08_2024_subsidioprefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais do Município de Itapejara D’ Oeste, Estado do Paraná para a Legislatura 2025/2028.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_lei_n._09_2024_subsidio_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_lei_n._09_2024_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores do Município de Itapejara D’ Oeste, Estado do Paraná para a legislatura 2025/2028.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/942/projeto_de_lei_n._10_2024_rottini_servico_familia_acolhedora_do_idoso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/942/projeto_de_lei_n._10_2024_rottini_servico_familia_acolhedora_do_idoso.pdf</t>
   </si>
   <si>
     <t>“Cria o serviço “Família Acolhedora do Idoso” no Município de Itapejara D´Oeste, estabelece critérios de participação e dá outras providências”.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>“Dispõe sobre o tratamento diferenciado, favorecido e simplificado às microempresas e empresas de pequeno porte e empresas locais em licitações, com base nas Leis Federais nº 123/2006, 14.133/2021 e legislação correlata, e dá outras providências.”</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/976/projeto_de_lei_n._12_2024_utilidade_publica_master.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/976/projeto_de_lei_n._12_2024_utilidade_publica_master.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTIVA MASTERS DE ITAPEJARA D`OESTE E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/838/01_-_2024_rottini.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/838/01_-_2024_rottini.doc</t>
   </si>
   <si>
     <t>Fazer uma lombada na frente da propriedade do Sr. Reamoaldo França da Silva, comunidade de São Miguel, logo após o cemitério da localidade.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/839/02_-_2024_rottini.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/839/02_-_2024_rottini.doc</t>
   </si>
   <si>
     <t>Providenciar uma área de acesso próximo à propriedade do Sr. Antônio Vitorassi, ao lado da ponte do Rio Santana, entre a cidade e a comunidade de Barra Grande.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/840/03_-_2024_rottini.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/840/03_-_2024_rottini.doc</t>
   </si>
   <si>
     <t>Realizar a recuperação da ciclovia entre o portal do Bairro Guarani e a Linha Palmeirinha.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/844/04_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/844/04_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Reconstrução de uma nova ponte em cima do córrego que atravessa o centro de nosso município, ao lado da bicicletaria Ponto Bike, no bairro Menino-Deus.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/845/05_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/845/05_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Que seja feita a troca das placas indicativas com o nome das ruas, principalmente no bairro Fênix.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/846/06_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/846/06_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Que o municipio se inscreva E-Fórum do Tribunal de Justiça do Estado do Paraná a fim de trazer o judiciário para mais perto da população.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/850/07_-_2024_rottini.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/850/07_-_2024_rottini.doc</t>
   </si>
   <si>
     <t>Providenciar uma área de acesso próximo à propriedade do Sr. Mauro Antônio Melo, fica à cerca de 1300 metros do trevo de acesso à cidade de Bom Sucesso do Sul.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/857/08_-_2024_fragata.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/857/08_-_2024_fragata.doc</t>
   </si>
   <si>
     <t>Limpeza do córrego próximo à propriedade do Sr. Cecatto, na Comunidade São Roque.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/858/09_-_2024_fragata.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/858/09_-_2024_fragata.doc</t>
   </si>
   <si>
     <t>Realizar a poda das árvores na Rua Tapajós, no Bairro Guarani.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>João Azeredo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/860/10_-_2024_joao_azeredo.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/860/10_-_2024_joao_azeredo.doc</t>
   </si>
   <si>
     <t>Fazer aterramento de terreno na propriedade do Sr. Cleocir Tatse, na Rua Antônio Carlotto, Bairro Menino Deus.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/867/11_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/867/11_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Fazer uma lombada na Rua Princesa Izabel, entre as ruas Josafat Kmita e Marcelino Champagnat.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/868/12_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/868/12_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Fazer uma lombada na Rua Presidente Kennedy, em frente ao Parque Ponar Comunitário.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/869/13_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/869/13_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar lixeiras na counidade de Coxilha Rica.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/870/14_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/870/14_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Instalar poste e iluminação pública na Comunidade de Coxilha Rica.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/871/15_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/871/15_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a poda de uma árvore na Rua Antônio de Godois, Bairro Bem-Viver.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/872/16_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/872/16_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a poda das árvores atrás da APMI.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/873/17_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/873/17_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Construir uma ponte sobre  o Rio Gavião, onde dá acesso a propriedade/moradia do Sr. João de Souza.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/876/18_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/876/18_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Seja aberta uma turma de berçário devido a grande fila de espera.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/877/19_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/877/19_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Providenciar redutor de velocidade na rua Értile Antoninho Guzzo, nas proximidades da entrada do Estádio Municipal João Oldoni.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/878/20_-_2024_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/878/20_-_2024_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas próximo a propriedade do Sr. Júlio Tussi e pesqueiro do boiada.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/879/21_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/879/21_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza dos lotes que são de propriedade do município e encontra-se com lixo/mato.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/880/22_-_2024_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/880/22_-_2024_jonas.pdf</t>
   </si>
   <si>
     <t>Realizar a instalação de iluminação pública na Rua Marcelino Champagnat, em frente ao CESMAR.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/882/23_-_2024_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/882/23_-_2024_tiago.pdf</t>
   </si>
   <si>
     <t>Providenciar a instalação de uma rede de Wi-Fi nas dependências da feira municipal.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/883/24_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/883/24_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto do asfalto da rua Josafat Kmita, entre o Bairro Villa Verde, passando o frigorifico até chegar a PR-566..</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/885/25_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/885/25_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus na Rua Delvir Baccin, Bairro Fênix, próximo ao bar e mercaria Valões.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/886/26_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/886/26_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a pintura dos quebra-molas do Bairro Almoreira.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/887/27_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/887/27_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Consertar a academia do Parque Caminho das Pedras.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/895/28_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/895/28_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento ou asfalto na Rua Curitiba, Bairro Industrial.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/896/29_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/896/29_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Providenciar faixa de pedestres e sinalização em frente à Escola do Campo Valentin Biezus, na comunidade de Barra Grande, e também em frente à igreja/praça da localidade.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/897/30_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/897/30_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Para quando se faça oportuno, o Sr. Prefeito coloque o nome do Sr. Tito Bevilaqua em alguma obra realizada pela administração pública município.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/898/31_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/898/31_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza das calhas nas escolas municipais.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/901/32_-_2024_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/901/32_-_2024_fernando.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na frente da propriedade do Sr. Fabio Tabolka, na comunidade de Porto Velho e realizar um estudo técnico para colocar redutores de velocidade nas estradas rurais onde já foram colocadas manta asfáltica.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/902/33_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/902/33_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Para que seja firmado um Convênio e Memorando com os Municípios que fazem divisa territorial com Itapejara D´Oeste, para que se possa realizar permutas com servidores públicos municipais, entre os Municípios.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/903/34_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/903/34_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer uma camada de asfalto na estrada onde liga as comunidades de Santa Bárbara e Palmeirinha e roçar o mato no mesmo trecho.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/904/35_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/904/35_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Tapar os buracos no asfalto das comunidades de palmeirinha e porto valho.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/905/36_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/905/36_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Levantar três bueiros na linha são Cristóvão e Porto Velho.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/906/37_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/906/37_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Consertar as estradas na Linha Kanopf.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/907/38_-_2024_jonas_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/907/38_-_2024_jonas_ass.pdf</t>
   </si>
   <si>
     <t>Arrumar/cascalhar a estrada que dá acesso à propriedade da Sra. Edna Piva, na comunidade de Porto Velho, próximo à encruzilhada da localidade de São Miguel.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/908/39_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/908/39_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Consertar a estrada na chegada da propriedade do Sr. João Hunning, na comunidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/909/40_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/909/40_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Arrumar a entrada/saída de veículos da Escola do Campo Valentin Biezus, na comunidade de Barra Grande</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/910/41_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/910/41_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias nas estradas rurais que ligam as comunidades de Linha Palmeirinha e Linha Mantuvamni</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/911/42_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/911/42_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Consertar a estrada rural que liga a Sanepar à propriedade da Família Pagno, entre as comunidades de Santa Bárbara e Sete de Setembro.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/912/43_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/912/43_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Colocar tachões refletivos e melhorar a sinalização no trajeto da rota de caminhões do município.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/913/44_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/913/44_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Colocar tachões refletivos e melhorar a sinalização no trajeto que liga o perímetro urbano à empresa Agrogen.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/914/45_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/914/45_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Colocar tachões refletivos na esquina da Rua Duque de Caxias com a Rua São Mateus, próximo a Mecânica do Lusa.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Thiaguinho, João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/915/46_-_2024_tiago_e_joao_venturin.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/915/46_-_2024_tiago_e_joao_venturin.pdf</t>
   </si>
   <si>
     <t>Fazer a tubulação no final da Rua Salgado Filho, próximo as propriedades do Soldado Volmar e Sr. Eduardo Bocassanta.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/917/47_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/917/47_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Providenciar drenagem em trecho da Comunidade de São Pedro próximo a propriedade da Sra. Sônia.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/918/48_-_2024_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/918/48_-_2024_mineiro.pdf</t>
   </si>
   <si>
     <t>Consertar e fazer limpeza na estrada rural da Comunidade de Barra do Vitorino, perto do bar do Rudi, onde faz conexão com a Comunidade do Salto Grande.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/919/49_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/919/49_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Providenciar redutor de velocidade na Rua Eduardo Antônio Luzzi, no Bairro Haupt.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Para que a administração faça a aquisição de uma área de terra para a construção de um campo no Bairro Guarani.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/921/51_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/921/51_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um bueiro na entrada da propriedade do Sr. Adelir Dallagnol, na comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Abrir uma rua com calçamento no final do bairro fênix, ao lado da reserva.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Instalar um redutor de velocidade na Rua Emílio Quelemente de Oliveira, no Bairro Haupt.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/926/54_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/926/54_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus para os alunos das faculdades na Rua Abilon de Souza Naves, em frente à APAE.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/932/55_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/932/55_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Cobrar os órgãos competentes para que façam rampas de acesso para pessoas com deficiência física (cadeira de rodas) poderem acessar o comercio local.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/930/56_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/930/56_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um almoxarifado novo para guardar ferramentas dos funcionários dos serviços gerais que atualmente é anexado a Câmara de Vereadores.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/933/57_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/933/57_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Instalar câmeras de segurança nas salas de aula das escolas municipais.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/934/58_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/934/58_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer adequações na estrada da comunidade de Barra do Vitorino, próximo à propriedade da Sra. Zenilda Kobielski.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/935/59_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/935/59_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Instalar um redutor de velocidade na Rua Ingás, Bairro Bem-Viver.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/936/60_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/936/60_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza das calçadas na Rua Guaicurus, no Bairro Guarani.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/937/61_-_2024_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/937/61_-_2024_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicitar ao órgão competente, para que seja instalado um redutor de velocidade na Avenida Manoel Ribas, no Bairro Guarani, entre o No Ponto Supermercado e o portal da saída para o Verê.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/939/62_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/939/62_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a tubulação do barracão industrial da prefeitura até próximo à residência do Sr. Laurindo Lazaretti, no loteamento cooperhab.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/940/63_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/940/63_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Reservar uma vaga para cadeirantes na Avenida Manoel Ribas, nos comércios em frente à Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/941/64_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/941/64_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza do mato e dos galhos na Rua João Paulo dos Santos, que dá acesso ao CMEI Professora Junice Forner Lucini, Bairro Vila Verde.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/943/65_-_2024_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/943/65_-_2024_rottini.pdf</t>
   </si>
   <si>
     <t>Providenciar o escoamento da água no acesso da propriedade do Sr. João Schuastz, na Linha Baroni.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/944/66_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/944/66_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Tampar a valeta no asfalto em frente à empresa Coasul, na saída para a comunidade do Luís Costa.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/945/67_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/945/67_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Rebaixar o bueiro na Avenida Manoel Ribas, na esquina da Agritap. (foto em anexo).</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/946/68_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/946/68_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Solicitar ao órgão competente a perfuração de, pelo menos, um poço artesiano no perímetro urbano do município.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/947/69_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/947/69_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Trocar lâmpada de iluminação pública na Rua Isidoro Myzak, Bairro Fênix.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/948/70_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/948/70_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Fechar com cerca a construção da quadra esportiva de areia do Bairro Industrial.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/957/71_-_2024_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/957/71_-_2024_tiago.pdf</t>
   </si>
   <si>
     <t>Instalar redutor de velocidade na Rua Ingás, Bairro Bem-Viver, próximo a Escola Municipal Josafat Kmita.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/965/72_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/965/72_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se informação acerca do CENSO da Lei Municipal sobre o autismo, com a finalidade de saber quantas pessoas com autismo existem em Itapejara D´Oeste.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/966/73_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/966/73_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se sejam disponibilizados mais bancos no Parque Caminho das Pedras.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/967/74_-_2024_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/967/74_-_2024_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se seja realizada a limpeza e poda das árvores aos arredores da Rua Tapajós, no bairro Guarani.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/968/75_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/968/75_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Solicita-se a instalação de coberturas nas saídas das escolas do nosso município.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/974/76_-_2024_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/974/76_-_2024_karla.pdf</t>
   </si>
   <si>
     <t>Solicita-se que seja finalizado calçamento na comunidade de Linha Serra Preta, e que seja instalada uma lombada próximo ao acesso da propriedade da Sra. Loreci Fátima Kuhn, que fica na mesma localidade.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>CELOM - Comissão Especial para Revisão da Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/874/redacao_final_para_publicacao_11-06-2024_1.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/874/redacao_final_para_publicacao_11-06-2024_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E CONSOLIDAÇÃO DA LEI ORGÂNICA DO MUNICÍPIO DE ITAPEJARA D´OESTE, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>Jonas, João Azeredo, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_emenda_a_lei_organica_002-2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_emenda_a_lei_organica_002-2024.pdf</t>
   </si>
   <si>
     <t>INTRODUZ ALTERAÇÕES NA EMENDA À LEI ORGÂNICA Nº 01/2024 DO MUNICÍPIO DE ITAPEJARA D’OESTE – ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>PRRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/849/projeto_de_resolucao_n._01.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/849/projeto_de_resolucao_n._01.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito do Poder Legislativo do Município de Itapejara D’ Oeste e dá outras providências</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>Institui a Galeria de Fotos das Ex-Vereadoras da Câmara Municipal de Itapejara D' Oeste e dá outras providências</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/892/projeto_de_resolucao_n._03.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/892/projeto_de_resolucao_n._03.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do dia e horário das Sessões Ordinárias, altera o artigo 74, caput, do Regimento Interno e dá outras providências</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_resolucao_n._04.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_resolucao_n._04.2024.pdf</t>
   </si>
   <si>
     <t>Aprova o Regimento Interno da Câmara Municipal de Itapejara D’ Oeste, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>MPSAR</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/847/mocao_de_pesar_01-2024_-_adao_fragata.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/847/mocao_de_pesar_01-2024_-_adao_fragata.doc</t>
   </si>
   <si>
     <t>Em memória de Adão Fragata dos Santos.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_de_pesar_02-2024_-_neuto_fabiane.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_de_pesar_02-2024_-_neuto_fabiane.pdf</t>
   </si>
   <si>
     <t>Em memória de Neuto José Fabiane.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>Fernando, João Azeredo, Jonas, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/959/mocao_de_pesar_03-2024_-_arno_dall_agnol.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/959/mocao_de_pesar_03-2024_-_arno_dall_agnol.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Pesar pelo falecimento de Arno Dall Agnol.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>MAPLA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/841/mocao_de_aplauso_05-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/841/mocao_de_aplauso_05-2023.pdf</t>
   </si>
   <si>
     <t>“A ser concedida aos alunos do Colégio Estadual Castelo Branco classificados no Projeto Ganhando o Mundo, Everaldo Kobielski Júnior, Bruno Henrique Vitorassi e Mariana Krasniak Donzelli”.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>EADT</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_001.2024_plo_n._14.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_001.2024_plo_n._14.2024.pdf</t>
   </si>
   <si>
     <t>Adiciona-se o parágrafo terceiro à redação do artigo 8° do Projeto de Lei do Poder Executivo n° 014/2024, de 13/03/2024.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>Adiciona dotação ao PROJETO DE LEI Nº 35/2024 “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITAPEJARA D´ OESTE PARA O EXERCÍCIO FINANCEIRO DE 2025”.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/848/emenda_modificativa_01-2024.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/848/emenda_modificativa_01-2024.doc</t>
   </si>
   <si>
     <t>Altera o Projeto de Lei n° 13/2023, que institui o Dia Municipal da conscientização, prevenção e combate ao bullying.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>ESUPR</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/969/emenda_supressiva_001.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/969/emenda_supressiva_001.2024.pdf</t>
   </si>
   <si>
     <t>“Suprime-se a expressão /inexigibilidade do artigo 2° do Projeto de Lei de Autoria do Poder Executivo n° 22 de 2024.”</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>PDTL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Julgamento das Contas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/953/decreto_legislativo__01.2024_contas_aprovadas_sem_ressalvas_tce.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/953/decreto_legislativo__01.2024_contas_aprovadas_sem_ressalvas_tce.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a aprovação do Acórdão de Parecer Prévio nº 80/2024 das contas da Prefeitura Municipal de Itapejara D'Oeste, Estado do Paraná, relativas ao exercício financeiro de 2022 e dá outras providências”.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_03-2024_-_regime_extraordinario.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_03-2024_-_regime_extraordinario.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA TRAMITAÇÃO DE PROJETO EM REGIME EXTRAORDINÁRIO</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_04-2024_-_sessao_extraordinaria_e_mudanca_de_local.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_04-2024_-_sessao_extraordinaria_e_mudanca_de_local.pdf</t>
   </si>
   <si>
     <t>Mudança de Local da Sessão de Instalação/Posse da Nova Gestão e Convocação de Sessão Extraordinária.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>ESUBS</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/890/emenda_substitutiva_001.2024_plo_do_leg_n._02.2024.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/890/emenda_substitutiva_001.2024_plo_do_leg_n._02.2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Súmula e artigo 1º, §3° e artigo 4°, §3°, do Projeto de Lei do Poder Legislativo n° 02/2024, de 15/01/2024.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>MOAPO</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_apoio_01-2024_-_cfm.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_apoio_01-2024_-_cfm.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Congresso Nacional, em razão do movimento ofensivo ao Conselho Federal de Medicina – CFM, iniciado com a publicação da Resolução CFM nº 2.378/2024, que seja desagravado o referido Conselho, e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>VETOJ</t>
   </si>
   <si>
     <t>Veto Jurídico</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/958/oficio_n._160.2024_-_veto_projeto_10-2024_do_legislativo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/958/oficio_n._160.2024_-_veto_projeto_10-2024_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Veto Jurídico ao Projeto de Lei de autoria do Poder Legislativo n° 10 de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2001,68 +2001,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/837/scan2356.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/851/projeto_de_lei_n_004.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/852/projeto_de_lei_n_005.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/853/projeto_de_lei_n_006.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/854/projeto_de_lei_n_007.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/855/projeto_de_lei_n_008.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/856/projeto_de_lei_n_009.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/861/projeto_de_lei_n_010.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/862/projeto_de_lei_n_011.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/875/projeto_de_lei_n_012.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/863/projeto_de_lei_n_013.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_lei_n_014.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_n_015.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei_n_016.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/891/projeto_de_lei_n_017.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/893/projeto_de_lei_n_018.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_n_019.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_020.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_de_lei_n_021.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_de_lei_n_022.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_lei_n_023.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_lei_n_024.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/950/projeto_de_lei_n_025.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/952/projeto_de_lei_n_026.2024_ajustado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/960/projeto_de_lei_n_027.2024_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/954/projeto_de_lei_n_028.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_de_lei_n_029.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/956/projeto_de_lei_n_030.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_n_32.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n_035.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/834/projeto_de_lei_n._01_2024_mineiro_fogos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/836/projeto_de_lei_n._02_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/842/projeto_de_lei_n._03_aparelho_de_glicose_digital.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/843/projeto_de_lei_n._04_2024__up_aef_futsal.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/859/projeto_de_lei_n._05_2024_cria_funcao_e_estabelece_gratificacao_agente_de_contratacao.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei_n._06_2024_reajuste_ipca_com_vereadores.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/894/projeto_de_lei_n._07_2024_capsula_do__tempo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_lei_n._08_2024_subsidioprefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_lei_n._09_2024_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/942/projeto_de_lei_n._10_2024_rottini_servico_familia_acolhedora_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/976/projeto_de_lei_n._12_2024_utilidade_publica_master.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/838/01_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/839/02_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/840/03_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/844/04_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/845/05_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/846/06_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/850/07_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/857/08_-_2024_fragata.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/858/09_-_2024_fragata.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/860/10_-_2024_joao_azeredo.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/867/11_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/868/12_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/869/13_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/870/14_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/871/15_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/872/16_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/873/17_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/876/18_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/877/19_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/878/20_-_2024_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/879/21_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/880/22_-_2024_jonas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/882/23_-_2024_tiago.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/883/24_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/885/25_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/886/26_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/887/27_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/895/28_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/896/29_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/897/30_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/898/31_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/901/32_-_2024_fernando.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/902/33_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/903/34_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/904/35_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/905/36_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/906/37_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/907/38_-_2024_jonas_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/908/39_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/909/40_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/910/41_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/911/42_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/912/43_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/913/44_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/914/45_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/915/46_-_2024_tiago_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/917/47_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/918/48_-_2024_mineiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/919/49_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/921/51_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/926/54_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/932/55_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/930/56_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/933/57_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/934/58_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/935/59_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/936/60_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/937/61_-_2024_mineiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/939/62_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/940/63_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/941/64_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/943/65_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/944/66_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/945/67_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/946/68_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/947/69_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/948/70_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/957/71_-_2024_tiago.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/965/72_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/966/73_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/967/74_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/968/75_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/974/76_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/874/redacao_final_para_publicacao_11-06-2024_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_emenda_a_lei_organica_002-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/849/projeto_de_resolucao_n._01.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/892/projeto_de_resolucao_n._03.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_resolucao_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/847/mocao_de_pesar_01-2024_-_adao_fragata.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_de_pesar_02-2024_-_neuto_fabiane.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/959/mocao_de_pesar_03-2024_-_arno_dall_agnol.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/841/mocao_de_aplauso_05-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_001.2024_plo_n._14.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/848/emenda_modificativa_01-2024.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/969/emenda_supressiva_001.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/953/decreto_legislativo__01.2024_contas_aprovadas_sem_ressalvas_tce.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_03-2024_-_regime_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_04-2024_-_sessao_extraordinaria_e_mudanca_de_local.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/890/emenda_substitutiva_001.2024_plo_do_leg_n._02.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_apoio_01-2024_-_cfm.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/958/oficio_n._160.2024_-_veto_projeto_10-2024_do_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/837/scan2356.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/851/projeto_de_lei_n_004.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/852/projeto_de_lei_n_005.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/853/projeto_de_lei_n_006.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/854/projeto_de_lei_n_007.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/855/projeto_de_lei_n_008.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/856/projeto_de_lei_n_009.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/861/projeto_de_lei_n_010.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/862/projeto_de_lei_n_011.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/875/projeto_de_lei_n_012.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/863/projeto_de_lei_n_013.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/866/projeto_de_lei_n_014.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_n_015.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/884/projeto_de_lei_n_016.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/891/projeto_de_lei_n_017.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/893/projeto_de_lei_n_018.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/900/projeto_de_lei_n_019.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/899/projeto_de_lei_020.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/916/projeto_de_lei_n_021.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/949/projeto_de_lei_n_022.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/931/projeto_de_lei_n_023.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/938/projeto_de_lei_n_024.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/950/projeto_de_lei_n_025.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/952/projeto_de_lei_n_026.2024_ajustado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/960/projeto_de_lei_n_027.2024_-_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/954/projeto_de_lei_n_028.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_de_lei_n_029.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/956/projeto_de_lei_n_030.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/962/projeto_de_lei_n_32.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_n_035.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/834/projeto_de_lei_n._01_2024_mineiro_fogos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/836/projeto_de_lei_n._02_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/842/projeto_de_lei_n._03_aparelho_de_glicose_digital.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/843/projeto_de_lei_n._04_2024__up_aef_futsal.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/859/projeto_de_lei_n._05_2024_cria_funcao_e_estabelece_gratificacao_agente_de_contratacao.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/888/projeto_de_lei_n._06_2024_reajuste_ipca_com_vereadores.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/894/projeto_de_lei_n._07_2024_capsula_do__tempo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/922/projeto_de_lei_n._08_2024_subsidioprefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/923/projeto_de_lei_n._09_2024_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/942/projeto_de_lei_n._10_2024_rottini_servico_familia_acolhedora_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/976/projeto_de_lei_n._12_2024_utilidade_publica_master.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/838/01_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/839/02_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/840/03_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/844/04_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/845/05_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/846/06_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/850/07_-_2024_rottini.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/857/08_-_2024_fragata.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/858/09_-_2024_fragata.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/860/10_-_2024_joao_azeredo.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/867/11_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/868/12_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/869/13_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/870/14_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/871/15_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/872/16_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/873/17_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/876/18_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/877/19_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/878/20_-_2024_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/879/21_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/880/22_-_2024_jonas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/882/23_-_2024_tiago.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/883/24_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/885/25_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/886/26_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/887/27_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/895/28_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/896/29_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/897/30_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/898/31_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/901/32_-_2024_fernando.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/902/33_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/903/34_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/904/35_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/905/36_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/906/37_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/907/38_-_2024_jonas_ass.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/908/39_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/909/40_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/910/41_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/911/42_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/912/43_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/913/44_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/914/45_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/915/46_-_2024_tiago_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/917/47_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/918/48_-_2024_mineiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/919/49_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/920/50_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/921/51_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/924/52_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/925/53_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/926/54_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/932/55_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/930/56_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/933/57_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/934/58_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/935/59_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/936/60_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/937/61_-_2024_mineiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/939/62_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/940/63_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/941/64_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/943/65_-_2024_rottini.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/944/66_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/945/67_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/946/68_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/947/69_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/948/70_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/957/71_-_2024_tiago.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/965/72_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/966/73_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/967/74_-_2024_fragata.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/968/75_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/974/76_-_2024_karla.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/874/redacao_final_para_publicacao_11-06-2024_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_emenda_a_lei_organica_002-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/849/projeto_de_resolucao_n._01.2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/892/projeto_de_resolucao_n._03.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/972/projeto_de_resolucao_n._04.2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/847/mocao_de_pesar_01-2024_-_adao_fragata.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/951/mocao_de_pesar_02-2024_-_neuto_fabiane.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/959/mocao_de_pesar_03-2024_-_arno_dall_agnol.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/841/mocao_de_aplauso_05-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/889/emenda_aditiva_001.2024_plo_n._14.2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/848/emenda_modificativa_01-2024.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/969/emenda_supressiva_001.2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/953/decreto_legislativo__01.2024_contas_aprovadas_sem_ressalvas_tce.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/977/requerimento_03-2024_-_regime_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/978/requerimento_04-2024_-_sessao_extraordinaria_e_mudanca_de_local.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/890/emenda_substitutiva_001.2024_plo_do_leg_n._02.2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/928/mocao_de_apoio_01-2024_-_cfm.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2024/958/oficio_n._160.2024_-_veto_projeto_10-2024_do_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="163" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="162.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>