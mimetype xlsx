--- v0 (2025-10-05)
+++ v1 (2026-03-27)
@@ -54,1558 +54,1558 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_01-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_01-2023.pdf</t>
   </si>
   <si>
     <t>“Concede reajuste de vencimentos para todos os Servidores do Magistério Público Municipal”.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_02-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_02-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a realizar alteração de carga horária dos servidores públicos municipais ocupantes dos cargos de enfermeiro e dentista que atuam em Programas do Governo Federal”.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_03-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_03-2023.pdf</t>
   </si>
   <si>
     <t>“Receber doação de imóvel, assumir obrigações e dá outras providências”.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_04-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_04-2023.pdf</t>
   </si>
   <si>
     <t>“Abre Crédito Adicional Especial, altera LDO, PPA e dá outras providências”.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_05-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_05-2023.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_06-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_06-2023.pdf</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_07-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_07-2023.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural de natureza imaterial</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_08-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_08-2023.pdf</t>
   </si>
   <si>
     <t>Ratifica a 2ª alteração do CONSAD</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/56/projeto_de_lei_09-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/56/projeto_de_lei_09-2023.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 1º, do art. 67 da Lei nº 467/1993 que dispõe sobre o Regime juridico do Servidores Públicos Municipais</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_10-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_10-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 23 e o anexo II - Tabela Salarial - A, B e C 1638/2016 - PCCR</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_11-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_11-2023.pdf</t>
   </si>
   <si>
     <t>Termo de fomento com a APMI</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_12-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_12-2023.pdf</t>
   </si>
   <si>
     <t>Altera e acescenta o parágrafo único no Art. 36 da Lei 1205/2010, que dispõe a Politica Municipal de atendimento dos direitos da criança e adolescente do Municipio de Itapejara D'Oeste, Pr.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_13-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_13-2023.pdf</t>
   </si>
   <si>
     <t>Nova prazo para apresentação de Projeto de Obra de acordo com a Lei nº 2027/2021</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_14-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_14-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para servidores ativos, inativos, pensionistas e comissionados de Itapejara D'Oeste.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_15-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_15-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a adquirir imóvel urbano</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_16-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_16-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Adquirir imóvel urbano</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_17-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_17-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a adquirir imével urbano</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_18-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_18-2023.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_19-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_19-2023.pdf</t>
   </si>
   <si>
     <t>Direito de uso de terceiros de bens imóveis e espações públicos.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_20-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_20-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 1205/2010</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_21-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_21-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias (LDO) para 2024</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_22-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_22-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Pluri Anual (PPA) para os Exercícios Financeiro de 2024 e 2025.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_23-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_23-2023.pdf</t>
   </si>
   <si>
     <t>ratifica alterações realizadas no estatuto social do Consorcio Intermunicipal de Saude</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_24-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_24-2023.pdf</t>
   </si>
   <si>
     <t>Abre credito adicional suplementar</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_25-2023_novo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_25-2023_novo.pdf</t>
   </si>
   <si>
     <t>Cessão temporaria de uso gratutito de equipamento agricola por emprestimo</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_26-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_26-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a cessão temporária de uso gratuito de veículos (motocicletas) por empréstimo e dá outras providências</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_27-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_27-2023.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 109, Inciso I e II, e o Art. 110, Inciso I da Lei Nº 1945/2020, que dispõe sobre o Sistema Tributário do Municipio de Itapejara D’Oeste e dá outras providências”.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_28-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_28-2023.pdf</t>
   </si>
   <si>
     <t>Cessão temporaria de uso gratutito de equipamento agrícola</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_29-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_29-2023.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA, e dá outras providências</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_lei_30-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_lei_30-2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos da Lei 1.205/2010</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_31-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_31-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1677, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Municipio de Itapejara D'Oeste, Estado do Paraná e a Tabela A do Anexo I da Lei nº 2123 e dá outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/683/projeto_de_lei_32-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/683/projeto_de_lei_32-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a receber doação de imóvel, e da outras providências</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_33-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_33-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Piso Salarial Nacional dos Tecnicos de Enfermagem e dos Auxiliares de Enfermagem, na forma que dispõe os itens I e II do parágrafo único do art. 15-C da Lei nº 7.498/1986 com redação dada pela Lei Federal 14.434/2022.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_34-2023_loa.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_34-2023_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fica a despesa do Município de Itapejara D' Oeste, Estado do Paraná, para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_35-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_35-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Ajustamento de Conduta para fins de regularizar a situação de barracões e terrenos cedidos pelo Municipio e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/813/projeto_de_lei_37-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/813/projeto_de_lei_37-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 82 da Lei nº 467/1993, que dispõe sobre o Regimento Jurídico dos Servidores Públicos do Município de Itapejara D' Oeste, Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_38-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_38-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a denominação de Rua no Município de Itapejara D' Oeste - PR.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_39-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_39-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a constituição do Fundo Municipal de Saneamento Básico e Ambiental - FMSBA e dá outras providências.</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_n._02_2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_n._02_2023_mineiro.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade no âmbito do Município de Itapejara D´Oeste, a colocação de placa em obra pública municipal paralisada contendo exposição dos motivos da interrupção e data estimada de sua retomada”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Marcio, João Azeredo, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_n._05_2023_reajuste_ipca_com_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_n._05_2023_reajuste_ipca_com_vereadores.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para os Vereadores, Servidores Efetivos e Comissionados do Poder Legislativo Municipal de Itapejara D`Oeste, Estado do Paraná.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n._07_2023_mineiro_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n._07_2023_mineiro_ass.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a facilitação e do acesso a meios e formas de pagamento digital para quitação de débitos de natureza tributária, por meio de operações de cartão de débito, crédito e por meio de sistemas de pagamentos instantâneos instituídos pelo banco central, (pix), (qr code) e demais formas de transferência bancária, e dá outras providências”.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_n._10_2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_n._10_2023_mineiro.pdf</t>
   </si>
   <si>
     <t>“Institui no Municipio de Itapejara D’ Oeste o Programa continuado de geoprocessamento de dados”.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/809/projeto_de_lei_n._11_2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/809/projeto_de_lei_n._11_2023_mineiro.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Incentivo à Sustentabilidade Urbana – IPTU Verde, que estabelece desconto progressivo no IPTU de imóveis que adotarem medidas de Redução de Impacto Ambiental”.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>João Venturin, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_n._12_2023_tiago_e_joao_venturin.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_n._12_2023_tiago_e_joao_venturin.pdf</t>
   </si>
   <si>
     <t>"Concede Título de Cidadão Honorário do Município de Itapejara D´Oeste ao Pastor Vilmaro Raduenz dá outras providências".</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>Thiaguinho, João Venturin, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_n._13_2023_tiago_e_joao_venturin_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_n._13_2023_tiago_e_joao_venturin_e_karla.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituir o Dia Municipal da conscientização, prevenção e combate ao bullying.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/10/01-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/10/01-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Criação do Conselho de defesa dos direitos da mulher do Municipio de Itapejara D’Oeste.</t>
   </si>
   <si>
     <t>Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que se faça uma área de escape maior, para viabilizar o acesso com mais segurança, inclusive junto com placa de sinalização, no acesso da PR-566 para a Comunidade de 13 de Maio.</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/22/05-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/22/05-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção das câmeras de monitoramento das rotatórias na Avenida Manoel Ribas. Também pede-se a aquisição de novas câmeras para serem instaladas nas entradas da cidade.</t>
   </si>
   <si>
     <t>João Azeredo, Fernando</t>
   </si>
   <si>
     <t>Que seja feita aquisição de câmeras de monitoramento para que sejam instaladas no playground do Lago Municipal Caminho das Pedras.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/41/07-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/41/07-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer a sinalização (pintura de faixas e implantação de placas) nas escolas do municipio.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/43/08-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/43/08-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar duas placas de sinalização de quebra-molas na rua Fernando Ferrari, uma entre a rua José Silva e São Mateus, e outra entre a rua São Mateus e Luiz Milton Toti, ambas sentido PR-566.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/44/09-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/44/09-2023_fernando.pdf</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/59/10-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/59/10-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção da iluminação pública no final da Rua Tapajós.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>João Azeredo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/62/11-2023_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/62/11-2023_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer uma área de escape em frente a Capela São Braz (Comunidade Sete de Setembro), na PR-566, sentido Itapejara/Fco Beltrão.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Fazer a limpeza do lixo acumulado atrás do pavilhão ao lado da Igreja, no Bairro Guarani.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/65/13-2023_mineiro_-.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/65/13-2023_mineiro_-.pdf</t>
   </si>
   <si>
     <t>Para que as luzes da feira municipal fiquem ligadas no período noturno, assim como a instalação de câmeras de monitoramento.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Fernando, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/77/14-2023_fernando_mineiro_e_marcio.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/77/14-2023_fernando_mineiro_e_marcio.doc</t>
   </si>
   <si>
     <t>Melhorias no calçamento da Linha 07 de Setembro, do acesso à entrada da Comunidade até a Comunidade Luiz Costa, passando pela propriedade do Sr. Lodi Gnoatto.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/83/15-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/83/15-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Dar a necessária manutenção na estrada rural na Linha Salto Grande, com cascalho, no trecho que dá acesso a propriedade do Sr. Domingos Adanski.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/84/16-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/84/16-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da vegetação e corte de galhos de arvores na estrada principal da Linha São Pedro, passando pela comunidade até o seu término.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/90/17-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/90/17-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção e colocação de piso no parque infantil do bairro fênix, pois está cheio de mato e sujeira.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/91/18-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/91/18-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação pública na rua severino Minosso, no Bairro Fênix, pois a mesma não tem e está sendo cobrada a taxa de iluminação pública.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/92/19-2023_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/92/19-2023_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na frente da propriedade do Sr. Osvaldo de Vale, na comunidade de Rio Gavião.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/131/20-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/131/20-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar redutores de velocidade (tartarugas) na rotatória do novo prédio da Cresol, que fica no cruzamento das Ruas Fernando Ferrari e Salgado Filho.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/133/21-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/133/21-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar meio fio na Rua Luiza Forner Salvi (localizada na lateral do Bairro Bem viver, e dá acesso a PR-493, perto da Vibra), pois os mesmos já se encontram amontoados nas laterais.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/135/22-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/135/22-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Aquisição e instalação de câmeras de monitoramento nas Escolas Municipais.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Marcio, Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/140/23-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/140/23-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Contratar policiais aposentados para fazerem a segurança nas escolas do municipio.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/141/24-2023_rottini_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/141/24-2023_rottini_e_mineiro.pdf</t>
   </si>
   <si>
     <t>Arrumar a calçada em frente a oficina da APAE em Itapejara, para melhorar a acessibilidade dos alunos.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/142/25-2023_rottini_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/142/25-2023_rottini_e_mineiro.pdf</t>
   </si>
   <si>
     <t>Necessita-se, se possível, que se faça a pintura de uma faixa de pedestres em frente a APAE.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/143/26-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/143/26-2023_karla.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na Rua Presidente Vargas, entre as Ruas Salgado Filho e José Anchieta.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/144/27-2023_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/144/27-2023_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Melhorar o acesso da entrada da propriedade rural do Sr. Arnaldo Lopes de Meira, na antiga escolinha da Comunidade de Salto Grande.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/145/28-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/145/28-2023_karla.pdf</t>
   </si>
   <si>
     <t>Que seja feita a sinalização com placas indicativas da escola, pintada a faixa de pedestres nas entradas e saídas, em frente às escolas.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/146/29-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/146/29-2023_karla.pdf</t>
   </si>
   <si>
     <t>Colocar o sentido de mão única na Rua Rui Barbosa, somente na quadra em frente à Escola Municipal Nereu Ramos, apenas para os veículos descerem, sentido Centro.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/159/30-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/159/30-2023_karla.pdf</t>
   </si>
   <si>
     <t>Primeiramente, que seja enviado a esta Casa de Leis, pelo Poder Executivo, um Projeto de Lei que crie o cargo de PORTEIRO nas escolas. Depois, que seja realizado concurso público para preenchimento das vagas.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/147/31-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/147/31-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Arrumar a continuação da Rua Pio XII, próximo da casa David de Bona, colocando tubulação para escoamento da água.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/160/32-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/160/32-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra molas na Rua Presidente Kennedy, perto do cruzamento com a Rua Zilda Arns.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/161/33-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/161/33-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Arrumar a iluminação da ciclovia no trecho que vai do trevo até no frigorífico.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/189/34-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/189/34-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Arrumar a estrada da Linha São Pedro, que desse pela igreja da comunidade, passando pela propriedade dos senhores Clarindo Cisseski, Izidoro Cisseski, Valdomiro Kruczkevicz e Hélio e termina na Comunidade de Volta Grande.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/190/35-2023_rottini_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/190/35-2023_rottini_e_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpadas na Rua Cuicurus, próximo a casa 165, Bairro Guarani.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/191/36-2023_joao_nelson_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/191/36-2023_joao_nelson_e_fernando.pdf</t>
   </si>
   <si>
     <t>Consertar a estrada que dá acesso à propriedade do Sr. Nelci dos Santos até a propriedade do Sr. Jocemar Caldato.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/193/37-2023_joao_nelson_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/193/37-2023_joao_nelson_e_fernando.pdf</t>
   </si>
   <si>
     <t>Instalação de tubos na estrada que vai para Linha São João, nas proximidades do calçamento que liga até a antiga balsa.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/195/38-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/195/38-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fornecer e instalar as cestas de lixo na frente da casa das pessoas que não tiverem condições de pagar.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/209/39-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/209/39-2023_karla.pdf</t>
   </si>
   <si>
     <t>Que sejam tomadas providências no sentido de possibilitar a instalação de um posto de atendimento do INSS, para atendimento à população.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/221/40-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/221/40-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Arrumar o acostamento para adentrar na estrada que fica na frente do novo radar, antes da ponde sobre o Rio Vitorino, sentido Pato Branco.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/222/41-2023_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/222/41-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação asfáltica e calçada na Rua Rui Deluqui, Centro.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/223/42-2023_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/223/42-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer uma lombada na Rua Antônio Lucini, casa número 686, na comunidade da Barra grande, na frente da casa do Sr. Nilvo Ângelo Lucini.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/224/43-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/224/43-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Solicita-se que seja feito o pagamento do piso das técnicas de enfermagem, auxiliares de enfermagem e enfermeiras, com base na Lei Federal Vigente.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/428/44-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/428/44-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Solicita-se que seja determinado ponto de coleta seletiva para os agricultores ou munícipes onde o caminhão da coleta de lixo não passa, para que estes possam deixar os resíduos.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/429/45-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/429/45-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da Rua Ertile Guzzo, nas proximidades do Esporte Clube Itapejara.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/430/46-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/430/46-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção do cascalho na extensão da rua Presidente Vargas, ao lado do antigo pátio do DER.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/463/47-2023_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/463/47-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer pavimentação asfáltica na Rua Alcides Bortolossi.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/464/48-2023_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/464/48-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Disponibilizar a opção de alvará autônomo</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/449/49_-2023_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/449/49_-2023_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Proceda na liberação da carregadeira do município para uso dos agricultores, para socar silagem.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/451/50-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/451/50-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da vegetação ao lado da Rua Rui Deluqui, atras da garagem da prefeitura e também colocar tubos para escoamento da água.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/453/51-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/453/51-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer pavimentação asfáltica nas ruas Orestes Lucini e Rei Deluqui.</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/3/52-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/3/52-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Solicita para que se faça calçamento no trecho que dá acesso à Comunidade de Luis Costa, passando na propriedade do Seu Nico Ecker e também do Sr. Ademir Pereira.</t>
   </si>
   <si>
     <t>Fazer a Adesão no programa do Governo Estadual que consiste na aquisição e entrega de produtos que promovam a higiene íntima de crianças e adolescentes em situação de vulnerabilidade social.</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/5/54-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/5/54-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Aumentar a largura e desobstruir os boeiros da estrada principal da Linha Mantovani (linha lagarto), perto da propriedade do mesmo e nas proximidades, na propriedade do Sr. João Pereira, além de fazer a limpeza da vegetação nas laterais da estrada, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/6/55-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/6/55-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Limpar as margens e concertar o asfalto entre a linha Palmeirinha e a comunidade de Porto Velho.</t>
   </si>
   <si>
     <t>Fazer uma lombada na rua Abilon de Souza Naves, mais especificadamente entre as Ruas Marcelino Champagnat e Josafat Kmita.</t>
   </si>
   <si>
     <t>Para que seja reativado o laboratório de informática da Escola Parigot de Souza, de forma a ser disponibilizado um computador para cada estudante.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/29/58-2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/29/58-2023_karla.pdf</t>
   </si>
   <si>
     <t>Reajustar o valor da assiduidade dos funcionários públicos do Município.</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/26/59-2023_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/26/59-2023_fernando.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo avalie a possibilidade de criação de um Projeto de Lei para o transporte social rural, conforme feito no Município de Realeza/PR (Projeto de Lei n° 027/2023 em anexo).</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/30/scan1814.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/30/scan1814.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias na quadra de areia do Lago Caminho das Pedras, tais como:_x000D_
 - Troca da rede; instalação de iluminação; reposição de mais areia.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/31/scan1815.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/31/scan1815.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias nos acessos das propriedades dos senhores Edson Marcante, Clareci Damaceno e Reginaldo Prechelak, todos moradores do Rio Gavião.</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na Rua Fernando Ferrari, próximo ao antigo Soberano’s Burguer.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/466/63-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/466/63-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Adotar meios de pagamentos dos tributos municipais por meio de PIX, cartões de crédito, débito e outras formas de parcelamento.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/467/64-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/467/64-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Aplicar a LEI Nº 1.388, DE 10 DE JUNHO DE 2013 (Cria o Conselho Municipal da Juventude, CMJ), procedendo com a nomeação dos membros e iminente inicios dos trabalhos.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/468/65_-2023_karla_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/468/65_-2023_karla_ass.pdf</t>
   </si>
   <si>
     <t>Oferecer atendimento psicológico para os funcionários da Rede Municipal.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/657/66-2023_rottini_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/657/66-2023_rottini_ass.pdf</t>
   </si>
   <si>
     <t>Fazer uma área de escape maior para viabilizar o acesso com mais segurança, junto com placa de sinalização, no acesso da PR-566 para a comunidade de 13 de maio.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/792/67-2023_karla_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/792/67-2023_karla_ass.pdf</t>
   </si>
   <si>
     <t>Realizar pintura na Rua Gastoni Bernardi (Saída para a Linha São João).</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>Fernando, Marcio</t>
   </si>
   <si>
     <t>Fazer a limpeza do playground do Bairro Fênix.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Fornecer vacina contra o vírus HPV à Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Que o município estude a viabilização de custear ou oferecer um lanche aos pacientes e acompanhantes que utilizam o transporte de ida e volta a Curitiba via CONIMS.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/801/71_-_2023_karla_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/801/71_-_2023_karla_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que a APMI, o Departamento de Educação e o Departamento de Saúde do Município viabilize um projeto para que, em conjunto, trabalhem com as alunas da Rede Pública do 4° e 5° Ano, sobre assuntos pertinentes a faixa etária.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/797/72-2023_mineiro_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/797/72-2023_mineiro_ass.pdf</t>
   </si>
   <si>
     <t>Há uma casa de esquina no Bairro Fênix em mau estado de conservação, onde há salas em que são realizadas atividades da população, tais como catequese com crianças.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/803/73-2023_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/803/73-2023_mineiro.pdf</t>
   </si>
   <si>
     <t>Aquisição de sensores glicêmicos à crianças diabéticas até 12 anos de idade, cadastrados no Sistema Único de Saúde (SUS) e alunos da Rede Pública do Munícipio.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/805/74-2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/805/74-2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na Rua Abilon de Souza Naves, nas proximidades do imóvel de número 251.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/810/75-2023_joao_nelson.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/810/75-2023_joao_nelson.doc</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na Rua Presidente Kennedy, entre a Rua Presidente Vargas e a rua Matilda Haupt.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/816/76_-_2023_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/816/76_-_2023_karla.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias na extensão da Rua Josafat Kmita, que liga o perímetro urbano entre o Bairro Vila Verde à Comunidade 13 de Maio.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/818/77-2023_tiago_assinado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/818/77-2023_tiago_assinado.pdf</t>
   </si>
   <si>
     <t>Fazer sentido de mão única na rua em frente ao CMEI Junice Forner, no Bairro Vila Verde</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>Fazer um conserto no término do asfalto da entrada para a comunidade de Coxilha Rica, onde tem um buraco.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>Instalar dois lixeiros grandes na comunidade de Coxilha Rica.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/822/80_-_2023_joao_nelson.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/822/80_-_2023_joao_nelson.doc</t>
   </si>
   <si>
     <t>Fazer melhorias no acesso para a propriedade do Sr. Isaías Lefechak, na comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/825/81_-_2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/825/81_-_2023_rottini.pdf</t>
   </si>
   <si>
     <t>Arrumar a calçada em frente ao bar canhoto, na Rua Guarani, Bairro guarani, conforme foto em anexo.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/826/82_-_2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/826/82_-_2023_rottini.pdf</t>
   </si>
   <si>
     <t>Fazer um prolongamento da ponte com ao menos duas novas galerias para melhor escoamento da água, tendo em vista que a tubulação não é suficiente.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/827/83_-_2023_rottini.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/827/83_-_2023_rottini.pdf</t>
   </si>
   <si>
     <t>Colocar alguns bancos e uma cobertura na parte de baixo da UBS Zelindo Battistus.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>Consertar/reestruturar a ponte que liga as comunidades de Bonito e Santa Bárbara, próximo a propriedade do Sr. Idalino Gnoatto.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>DECRE</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Gabinete  da Presidencia - PRES</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/811/scan2257.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/811/scan2257.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo e dá outras providências.</t>
   </si>
   <si>
     <t>PRRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mineiro, João Azeredo, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/28/scan1801.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/28/scan1801.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do dia e horário das Sessões Ordinárias, altera o artigo 74, caput, do Regimento Interno e dá outras providências”.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>João Azeredo, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_resolucao_n._003.2023.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_resolucao_n._003.2023.doc</t>
   </si>
   <si>
     <t>“Institui o Programa "Câmara no Bairro" no    Município de Itapejara D’Oeste – PR, e dá outras providências”.</t>
   </si>
   <si>
     <t>MPSAR</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_de_pesar_01-2023_-_joao_clodis_bevilaqua.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_de_pesar_01-2023_-_joao_clodis_bevilaqua.pdf</t>
   </si>
   <si>
     <t>Em memória de João Clodis Bevilaqua.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Fragata, Mineiro, Fernando, João Azeredo, João Venturin, Jonas, Karla, Marcio, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/211/mocao_de_pesar_02-2023_-_ivane_zandona.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/211/mocao_de_pesar_02-2023_-_ivane_zandona.pdf</t>
   </si>
   <si>
     <t>Em memória de Ivane Zandoná</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/800/mocao_de_pesar_03-2023_-_albino_zucchi.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/800/mocao_de_pesar_03-2023_-_albino_zucchi.pdf</t>
   </si>
   <si>
     <t>Em memória de Albino Zucchi.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>MAPLA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>João Azeredo, Fernando, Jonas, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/136/01-2023_-_tropeiros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/136/01-2023_-_tropeiros.pdf</t>
   </si>
   <si>
     <t>A ser concedida à ASSOCIAÇÃO TROPEIROS RAÍZES DO SUL.</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/38/scan1895.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/38/scan1895.pdf</t>
   </si>
   <si>
     <t>A ser concedida a Associação  Esportiva de Futsal - ITAP futsal</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/814/03-2023_-_flavia_gnoatto.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/814/03-2023_-_flavia_gnoatto.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplauso a Senhora Flávia Gnoatto</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>Fernando, Fragata, Marcio</t>
   </si>
   <si>
     <t>A ser concedida à Senhora Aline Ângela Biolchi</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>Thiaguinho, Fragata, João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/833/05-2023_-_larissa_hofmann.docx</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/833/05-2023_-_larissa_hofmann.docx</t>
   </si>
   <si>
     <t>A ser concedida a Senhora Larissa Hofmann.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>ESUPR</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento e Julgamento das Contas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/819/emenda_supressiva_001.2023_comissao_de_financas_e_orcamento_1.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/819/emenda_supressiva_001.2023_comissao_de_financas_e_orcamento_1.pdf</t>
   </si>
   <si>
     <t>“Suprime-se a redação do artigo 5° do Projeto de Lei n° 034/2023, de 30/08/2023”.</t>
   </si>
   <si>
     <t>PDTL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Dispõe sobre de acordão de parecer prévio</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/791/scan2080.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/791/scan2080.pdf</t>
   </si>
   <si>
     <t>A relação de munícipes que possuem terreno em comodato ou locação neste Município, bem como, os valores.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/831/r_003-2023_mesa.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/831/r_003-2023_mesa.doc</t>
   </si>
   <si>
     <t>Requer que a quantia de R$ 175.000,00 (cento e setenta e cinco mil) a ser repassada pelo Poder Legislativo ao Poder Executivo seja usado para elaboração de projeto para a construção da Ciclovia.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/806/scan2362.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/806/scan2362.pdf</t>
   </si>
   <si>
     <t>Requer a antecipação da discussão e votação da Moção de Apoio 01/2023 para a sessão de quarta-feira, dia 20/09/2023.</t>
   </si>
   <si>
     <t>ESUBS</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>Fernando, João Azeredo, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/37/scan1894.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/37/scan1894.pdf</t>
   </si>
   <si>
     <t>Altera redação de artigos do Projeto de Lei 30/2023</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>MOAPO</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/802/01-2023_-_apoio_ao_cn_e_sf_ass.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/802/01-2023_-_apoio_ao_cn_e_sf_ass.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora envio de moção de apoio ao Congresso Nacional, e ao Senado Federal em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>PTCJR</t>
   </si>
   <si>
     <t>Parecer Técnico Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/796/scan2125.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/796/scan2125.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei 31/2023</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/823/parecer_justica_e_redacao__projeto_35-2023.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/823/parecer_justica_e_redacao__projeto_35-2023.doc</t>
   </si>
   <si>
     <t>Declarou inconstitucional o Projeto de Lei N°35/2023 (TAC BARRACÕES) do Poder Executivo.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>VETOP</t>
   </si>
   <si>
     <t>Veto Político</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/799/veto_politico_plo-exec_33-2023.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/799/veto_politico_plo-exec_33-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o veto parcial dos artigos 6º e 7º do Projeto de Lei do Poder Executivo nº 33/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1912,68 +1912,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/56/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_25-2023_novo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_lei_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/683/projeto_de_lei_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_34-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/813/projeto_de_lei_37-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_38-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_39-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_n._02_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_n._05_2023_reajuste_ipca_com_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n._07_2023_mineiro_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_n._10_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/809/projeto_de_lei_n._11_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_n._12_2023_tiago_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_n._13_2023_tiago_e_joao_venturin_e_karla.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/10/01-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/22/05-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/41/07-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/43/08-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/44/09-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/59/10-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/62/11-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/65/13-2023_mineiro_-.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/77/14-2023_fernando_mineiro_e_marcio.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/83/15-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/84/16-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/90/17-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/91/18-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/92/19-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/131/20-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/133/21-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/135/22-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/140/23-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/141/24-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/142/25-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/143/26-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/144/27-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/145/28-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/146/29-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/159/30-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/147/31-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/160/32-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/161/33-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/189/34-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/190/35-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/191/36-2023_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/193/37-2023_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/195/38-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/209/39-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/221/40-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/222/41-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/223/42-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/224/43-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/428/44-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/429/45-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/430/46-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/463/47-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/464/48-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/449/49_-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/451/50-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/453/51-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/3/52-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/5/54-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/6/55-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/29/58-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/26/59-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/30/scan1814.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/31/scan1815.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/466/63-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/467/64-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/468/65_-2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/657/66-2023_rottini_ass.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/792/67-2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/801/71_-_2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/797/72-2023_mineiro_ass.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/803/73-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/805/74-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/810/75-2023_joao_nelson.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/816/76_-_2023_karla.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/818/77-2023_tiago_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/822/80_-_2023_joao_nelson.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/825/81_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/826/82_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/827/83_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/811/scan2257.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/28/scan1801.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_resolucao_n._003.2023.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_de_pesar_01-2023_-_joao_clodis_bevilaqua.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/211/mocao_de_pesar_02-2023_-_ivane_zandona.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/800/mocao_de_pesar_03-2023_-_albino_zucchi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/136/01-2023_-_tropeiros.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/38/scan1895.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/814/03-2023_-_flavia_gnoatto.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/833/05-2023_-_larissa_hofmann.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/819/emenda_supressiva_001.2023_comissao_de_financas_e_orcamento_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/791/scan2080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/831/r_003-2023_mesa.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/806/scan2362.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/37/scan1894.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/802/01-2023_-_apoio_ao_cn_e_sf_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/796/scan2125.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/823/parecer_justica_e_redacao__projeto_35-2023.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/799/veto_politico_plo-exec_33-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/9/projeto_de_lei_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/56/projeto_de_lei_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_lei_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/53/projeto_de_lei_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/79/projeto_de_lei_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/80/projeto_de_lei_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/78/projeto_de_lei_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/153/projeto_de_lei_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/187/projeto_de_lei_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/210/projeto_de_lei_25-2023_novo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/2/projeto_de_lei_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/1/projeto_de_lei_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/465/projeto_de_lei_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/7/projeto_de_lei_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/27/projeto_de_lei_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/683/projeto_de_lei_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/773/projeto_de_lei_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/798/projeto_de_lei_34-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/813/projeto_de_lei_37-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/817/projeto_de_lei_38-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_39-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_n._02_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_n._05_2023_reajuste_ipca_com_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_n._07_2023_mineiro_ass.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/808/projeto_de_lei_n._10_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/809/projeto_de_lei_n._11_2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/812/projeto_de_lei_n._12_2023_tiago_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/824/projeto_de_lei_n._13_2023_tiago_e_joao_venturin_e_karla.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/10/01-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/22/05-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/41/07-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/43/08-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/44/09-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/59/10-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/62/11-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/65/13-2023_mineiro_-.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/77/14-2023_fernando_mineiro_e_marcio.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/83/15-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/84/16-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/90/17-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/91/18-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/92/19-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/131/20-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/133/21-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/135/22-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/140/23-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/141/24-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/142/25-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/143/26-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/144/27-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/145/28-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/146/29-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/159/30-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/147/31-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/160/32-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/161/33-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/189/34-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/190/35-2023_rottini_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/191/36-2023_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/193/37-2023_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/195/38-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/209/39-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/221/40-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/222/41-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/223/42-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/224/43-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/428/44-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/429/45-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/430/46-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/463/47-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/464/48-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/449/49_-2023_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/451/50-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/453/51-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/3/52-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/5/54-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/6/55-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/29/58-2023_karla.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/26/59-2023_fernando.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/30/scan1814.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/31/scan1815.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/466/63-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/467/64-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/468/65_-2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/657/66-2023_rottini_ass.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/792/67-2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/801/71_-_2023_karla_ass.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/797/72-2023_mineiro_ass.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/803/73-2023_mineiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/805/74-2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/810/75-2023_joao_nelson.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/816/76_-_2023_karla.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/818/77-2023_tiago_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/822/80_-_2023_joao_nelson.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/825/81_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/826/82_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/827/83_-_2023_rottini.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/811/scan2257.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/28/scan1801.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/484/projeto_de_resolucao_n._003.2023.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/82/mocao_de_pesar_01-2023_-_joao_clodis_bevilaqua.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/211/mocao_de_pesar_02-2023_-_ivane_zandona.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/800/mocao_de_pesar_03-2023_-_albino_zucchi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/136/01-2023_-_tropeiros.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/38/scan1895.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/814/03-2023_-_flavia_gnoatto.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/833/05-2023_-_larissa_hofmann.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/819/emenda_supressiva_001.2023_comissao_de_financas_e_orcamento_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/791/scan2080.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/831/r_003-2023_mesa.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/806/scan2362.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/37/scan1894.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/802/01-2023_-_apoio_ao_cn_e_sf_ass.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/796/scan2125.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/823/parecer_justica_e_redacao__projeto_35-2023.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2023/799/veto_politico_plo-exec_33-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>