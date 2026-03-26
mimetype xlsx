--- v0 (2025-10-06)
+++ v1 (2026-03-26)
@@ -54,3292 +54,3292 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_01-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_01-2022.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para todos os Servidores do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_02-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_02-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos da Lei 1.205/2010.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_04-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_04-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a_x000D_
 filiar-se e contribuir mensalmente, através de convênio, com a Agencia de desenvolvimento Regional do_x000D_
 Sudoeste do Paraná, gestora da Instancia de governança Regional (IGR) da Região Turística Vales do Iguaçu.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_05-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_05-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Desenvolvimento Econômico – COMDE e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_06-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_06-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a Abertura de_x000D_
 Crédito Adicional Suplementar no Orçamento do Municipio de Itapejara D’Oeste, para o Exercício de 2022.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_07-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_07-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_08-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_08-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos,_x000D_
 altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_09-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_09-2022.pdf</t>
   </si>
   <si>
     <t>Altera o § 1° do Artigo 67 da Lei n° 467/93 de 21.01.93 e a Lei n° 654/2011, de 12.01.2001 e dá outras providências;</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_10-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_10-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a celebrar Termo de Fomento com a “Associação de_x000D_
 Proteção à Maternidade e a Infância – APMI”.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_11-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_11-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/61/projeto_12-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/61/projeto_12-2022.pdf</t>
   </si>
   <si>
     <t>Amplia vaga para o cargo efetivo no quadro de pessoal da administração municipal, altera o anexo I da Lei_x000D_
 Municipal n° 1.816/2018, que compõe o Plano de Cargos e Carreiras de Itapejara D’Oeste e dá outras_x000D_
 providências”</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_13-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_13-2022.pdf</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_14-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_14-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1677/2016, que dispõe sobre a Estrutura Organizacional do Poder Executivo do Municipio de_x000D_
 Itapejara D’Oeste, Estado do Paraná e dá outras providências</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_15-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_15-2022.pdf</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_16-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_16-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos,_x000D_
 altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_17-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_17-2022.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste de Vencimentos para os Servidores_x000D_
 Ativos, Inativos, Pensionistas, Comissionados e Agentes Políticos do Município de Itapejara D’Oeste, Estado_x000D_
 do Paraná;</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_18-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_18-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional_x000D_
 Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_20-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_20-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Meio Ambiente de_x000D_
 ITAPEJARA D’OESTE e do Fundo Municipal de Meio Ambiente de ITAPEJARA D’OESTE e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_21-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_21-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1677/2016, que dispõe sobre a Estrutura Organizacional_x000D_
 do Poder Executivo do Municipio de Itapejara D’Oeste, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_22-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_22-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a celebrar Termo de Fomento a_x000D_
 “Associação de Pais e Amigos dos Excepcionais – APAE”.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_23-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_23-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 49 da Lei 1205/2010 e 1761/2017 e dá outras providências;</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_24-2022_atualizado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_24-2022_atualizado.pdf</t>
   </si>
   <si>
     <t>Altera e inclui item e parágrafo no Art. 5° da Lei 1723/2017, que propõe critérios_x000D_
 orientadores para a regulamentação da previsão de benefícios eventuais o âmbito da política pública de_x000D_
 Assistência Social</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_26-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_26-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências;</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_27-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_27-2022.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para todos os_x000D_
 Servidores do Magistério Público Municipal</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_28-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_28-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a outorgar a Concessão Administrativa Temporário de Uso de Bem Público – Barracões Industriais e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_29-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_29-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_30-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_30-2022.pdf</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_31-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_31-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Executivo Municipal a Permutar áreas de terras urbanas no Município e dá outras providências</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/243/projeto__de_lei_32-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/243/projeto__de_lei_32-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_33-2022_ldo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_33-2022_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do_x000D_
 Município de Itapejara D’Oeste, Estado do Paraná para o Exercício Financeiro de 2023 e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_34-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_34-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso Gratuito de Equipamento Agrícola por Empréstimo e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_lei_35-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_lei_35-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a_x000D_
 proceder a Cessão Temporária de Uso Gratuito de Equipamento Agrícola por Empréstimo e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_36-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_36-2022.pdf</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_37-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_37-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_38-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_38-2022.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal pela Primeira Infância de Itapejara D’Oeste.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_39-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_39-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Piso Salarial Nacional dos Agentes Comunitários de Saúde – ACS e de Agente de Combate às_x000D_
 Endemias – ACE, na forma que dispõe o Art. 198, §8º, §9º e §11º da Constituição Federal.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_40-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_40-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos da Lei_x000D_
 1.205/2010.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_41-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_41-2022.pdf</t>
   </si>
   <si>
     <t>Ratifica a 1ª alteração do contrato de consórcio do Consórcio Intermunicipal e_x000D_
 Interestadual de Municípios – Santa Catarina, Paraná e Rio Grande do Sul – de segurança alimentar, atenção_x000D_
 a sanidade agropecuária e desenvolvimento local – CONSAD e dá outras providências;</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_42-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_42-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Alvará Provisório de Localização e_x000D_
 Funcionamento no Município de Itapejara D’Oeste/PR;</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_43-2022_arrumado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_43-2022_arrumado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a prorrogar, no âmbito do Município de Itapejara D’Oeste, Pr, o prazo da_x000D_
 licença maternidade das servidoras públicas municipais, e dá outras providências;</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_44-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_44-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher – CMDM e do_x000D_
 Fundo Municipal dos Direitos da Mulher</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_45-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_45-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso de Veículo e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_46-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_46-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a outorgar a Concessão Administrativa Temporário de Uso de_x000D_
 Bem Pública – Barracão Industrial e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_47-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_47-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito_x000D_
 Adicional Suplementar, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_48-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_48-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o_x000D_
 Executivo Municipal a proceder a Cessão Temporário de Uso Gratuito de Equipamento Agrícola por_x000D_
 Empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_49-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_49-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza_x000D_
 o Executivo Municipal a proceder a Cessão Temporário de Uso Gratuito de Equipamento Agrícola por_x000D_
 Empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_50-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_50-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a_x000D_
 Cessão Temporário de Uso Gratuito de Equipamento Agrícola por Empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_51-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_51-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporário de Uso Gratuito de_x000D_
 Equipamento Agrícola por Empréstimo e dá outras providências</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_52-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_52-2022.pdf</t>
   </si>
   <si>
     <t>Define critérios de escolha, mediante Avaliação de Mérito, Desempenho e Consulta à_x000D_
 Comunidade Escolar baseados nos preceitos da Gestão Democrática, para designação de Diretores dos Centros_x000D_
 Municipais de Educação Infantil e Escolas Municipais de Educação Infantil e Ensino Fundamental de Itapejara_x000D_
 D’Oeste.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_53-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_53-2022.pdf</t>
   </si>
   <si>
     <t>Altera e revoga o Anexo I, da Lei Municipal 1.588/2015, altera e revoga_x000D_
 a Lei Municipal 1.608/2015 e altera a Lei Municipal 1.855/2019</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_54-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_54-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporário de Uso Gratuito de Equipamento Agrícola por Empréstimo e dá outras providências</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_55-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_55-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a instituir o Programa de Incentivo ao Esporte e Lazer no_x000D_
 Município de Itapejara D’Oeste, Pr e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_56-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_56-2022.pdf</t>
   </si>
   <si>
     <t>Anexar área de terra rural ao perímetro urbano da sede do Município e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_57-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_57-2022.pdf</t>
   </si>
   <si>
     <t>Altera o art. 9º da Lei 1.723/2017, que propõe critérios orientadores para a regulamentação da_x000D_
 provisão de benefícios eventuais no âmbito da política de Assistência Social</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_58-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_58-2022.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_59-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_59-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Alienação de Imóveis de_x000D_
 propriedade do Município, que especifica. Para fins de construção de Unidades Habitacionais no âmbito do_x000D_
 Programa CASA VERDE E AMARELA, gerido pela Caixa Econômica Federal, sobre o Loteamento Fênix V,_x000D_
 aprovado pelo Decreto nº 104/2015.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_61-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_61-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA e dá outras providências;</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_62-2022_loa.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_62-2022_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa despesas do Município_x000D_
 de Itapejara D’Oeste, Estado do Paraná, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_63-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_63-2022.pdf</t>
   </si>
   <si>
     <t>Institui as medidas de prevenção e de controle da transmissão e da atenção_x000D_
 primária à saúde nos casos de dengue no âmbito do Município de Itapejara D’Oeste e dá outras providências</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_64-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_64-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Abate e dá outras providências</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_65-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_65-2022.pdf</t>
   </si>
   <si>
     <t>e Extingue e Cria Cargo e Vaga no quadro de pessoal da administração pública municipal, altera os_x000D_
 anexos I e II da Lei Municipal nº 1638 – Plano de Cargos, Carreiras e Remuneração – PCCR dos Servidores_x000D_
 Públicos Municipais de Itapejara D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_66-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_66-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional_x000D_
 Suplementar, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_67-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_67-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_68-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_68-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.940/2020, de 03/12/2020 – Dispõe sobre a revisão do zoneamento, uso_x000D_
 e a ocupação do solo urbano, e sistema viário do Município de Itapejara D’Oeste, Estado do Paraná .</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_69-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_69-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de ITAPEJARA D’ OESTE a participar do Consórcio_x000D_
 Intermunicipal de Educação e Ensino do Paraná.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_70-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_70-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo a_x000D_
 outorgar a Concessão Administrativa Temporária de Uso de Bem Público – Barracão Industrial e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_71-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_71-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a_x000D_
 contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_72-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_72-2022.pdf</t>
   </si>
   <si>
     <t>“Altera o Item I, Art. 4º da Lei nº 2027/2021, que autoriza o Executivo a conceder incentivos fiscais e execução de serviços de terraplanagem para implantação de indústria de frigorifico e derivados do Grupo NoPonto, no Município e dá outras providências”.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_73-2022_atualizado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_73-2022_atualizado.pdf</t>
   </si>
   <si>
     <t>“Autoriza, nos termos do art. 14, § 4º e art. 64, inc. XIV da Lei Orgânica do Município, o Chefe do Poder Executivo Municipal a conceder, mediante Portaria, Autorização de Uso de Bens Públicos, observadas as condições constantes nesta Lei”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_76-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_76-2022.pdf</t>
   </si>
   <si>
     <t>“Institui Gratificações por acumulo de funções (GAF) que extrapolem às inerentes ao cargo ou emprego público, Gratificação Especial (GE) em caso de situações emergenciais ou que exijam a continuidade de serviço público inadiável e Gratificação por dedicação Exclusiva (GDE)”.</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de__lei_001_2022_mineiro_maria_da_penha.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de__lei_001_2022_mineiro_maria_da_penha.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação de investidura em cargo público por condenados por crimes de violência doméstica e familiar contra a mulher nos termos da lei_x000D_
 Maria da Penha</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_do_legislativo_02-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_do_legislativo_02-2022.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos para os Vereadores, Servidores Efetivos e Comissionados do Poder Legislativo Municipal de Itapejara D`Oeste, Estado do Paraná.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_n._03_2022_fila_preferencial_mercados.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_n._03_2022_fila_preferencial_mercados.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos Supermercados e Hipermercados de fornecer serviço prioritário nos Caixas de_x000D_
 Atendimento e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_._04_2022_mineiro_autismo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_._04_2022_mineiro_autismo.pdf</t>
   </si>
   <si>
     <t>Institui sobre Políticas Públicas do Município de Itapejara_x000D_
 D’Oeste, para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista_x000D_
 (TEA) e seus familiares e dá outras providências</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n._05_2022_diaria.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n._05_2022_diaria.pdf</t>
   </si>
   <si>
     <t>Estabelece as normas para o pagamento de diárias aos agentes públicos e servidores no âmbito do Poder Legislativo do Municipio de Itapejara D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Fernando, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_006.2022_reciclagem_mineiro_e_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_006.2022_reciclagem_mineiro_e_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Politica Pública de Incentivo a Coleta Seletiva com Inclusão Social e Econômica das Catadoras e dos Catadores de Materiais Recicláveis de Itapejara D’Oeste – Pró Catador, o Sistema de Logística Reversa, seu Conselho Gestor e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_n._07_2022_incentivo_ao_esporte.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_n._07_2022_incentivo_ao_esporte.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo ao Esporte no Município de Itapejara D’Oeste, Estado do Paraná e dá outras providências</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_n._09_2022_up_aci.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_n._09_2022_up_aci.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública_x000D_
 a Associação Comercial e Empresarial de Itapejara D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_n._10_2022_primeiros_socorros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_n._10_2022_primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização de treinamentos em primeiros socorros a todos os funcionários, professores,_x000D_
 monitores, de creches e escolas, da rede pública e privada do Município de Itapejara D’ Oeste – PR e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_n._14-_2022_quadro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_n._14-_2022_quadro.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Cargos, Vencimentos, Carreiras e Avaliação de desempenho dos servidores da_x000D_
 Câmara Municipal de Vereadores do Municipio de Itapejara D’Oeste, Estado do Paraná, estado do Paraná e_x000D_
 dá outras providências;</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/67/01-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/67/01-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Sinalizar, pintar e colocar placas na rotatória de acesso ao Bairro Bem Viver.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/85/02-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/85/02-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar um redutor de velocidade na rua Fernando Ferrari, Proximo ao Soberanos Burguer.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/86/03-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/86/03-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da calçada e fazer a instalação de rede de baixa tensão (colocar lâmpadas), na Rua Pedro Veiga, Bairro Guarani.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/87/04-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/87/04-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Poda de arvores na rua Cacique, no bairro Guarani.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Fragata, Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/88/05-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/88/05-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Fazer asfalto na rua que passa na propriedade do Sr Airton Cândido, anexo ao CTG, na linha São João.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/89/06-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/89/06-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Que a Unidade de Saúde Dr. Osman Simões, assim como os postos de saúde abrir antes e fiquem abertos no período do meio dia, apenas para a espera do atendimento.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/93/07-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/93/07-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Que seja reativada a Oficina para dependentes químicos que havia no CRAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/94/08-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/94/08-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar placas de sinalização no asfalto que liga a Linha Palmeirinha à Comunidade de Porto Velho.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/95/09-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/95/09-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Limpeza das calçadas no Bairro Industrial.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Karla, Fragata, João Venturin, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/96/10-2022_karla_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/96/10-2022_karla_e_outros.pdf</t>
   </si>
   <si>
     <t>Que o Departamento Municipal de Saúde articule parcerias com as instituições de Ensino Superior, especificamente nos cursos voltados à área da saúde.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/97/11-2022_karla_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/97/11-2022_karla_e_outros.pdf</t>
   </si>
   <si>
     <t>Para que a Administração Pública Municipal forneça um celular com aplicativos de redes sociais, entregando para serem utilizados pela comunidade acadêmica em todas as escolas municipais.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/99/12-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/99/12-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar Iluminação na Pracinha do Bairro Fênix.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/100/13-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/100/13-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Que o Município manifeste interesse junto ao INSS para realização de perícia médica com o uso de Telemedicina, por meio de um acordo de cooperação técnica, conforme Portaria Conjunta DIRBEN/INSS/SPMF/SPREV/MPT n° 1/2022, publicada no DOU.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/101/14-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/101/14-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar Iluminação e uma lixeira no final da Rua Amélia da Costa, sentido centro.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/102/15-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/102/15-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer um poço artesiano perto da vila da Comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/103/16-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/103/16-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza nas laterais da pista até a vila, na comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/104/17-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/104/17-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Arrumar a iluminação (substituir lâmpadas) entre a Rua Duque de Caxias e a Rua São Mateus.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>João Azeredo</t>
   </si>
   <si>
     <t>Arrumar calçada na Rua Albino Franciosi, entre o Colégio Castelo Branco e a Agritap, e na Rua Rui Barbosa, entre o Colégio Castelo Branco e a Escola Nereu Ramos.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/106/19-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/106/19-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer faixa de pedestres, ou se possível, uma faixa elevada em frente ao Mercado No Ponto Matriz.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/107/20-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/107/20-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Melhorar a iluminação no estádio Municipal João Oldoni.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/108/21-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/108/21-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a fiscalização dos mosquitos da Dengue nos terrenos baldios.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Fragata, João Venturin, Karla, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/109/22-2022_fragata_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/109/22-2022_fragata_e_outros.pdf</t>
   </si>
   <si>
     <t>Criar a Associação Inter-Bairros</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/110/23-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/110/23-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Fazer um Ponto de Ônibus em frente à quadra de areia no Bairro Industrial.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Colocar grama sintética onde foi feito piso, na Praça do Bairro Guarani.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>João Azeredo, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/112/25-2022_joao_nelson_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/112/25-2022_joao_nelson_e_fernando.pdf</t>
   </si>
   <si>
     <t>Que seja oficiara a DER para melhorar a sinalização e visibilidade na ponte sobre o rio Vitorino, sentido Itapejara/Pato Branco.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Fernando, João Azeredo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/113/26-2022_fernando_e_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/113/26-2022_fernando_e_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado a esta Casa de Leis o Projeto de Lei denominado “PRODEAGRI” em anexo, com autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/114/27-2022_fernando_e_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/114/27-2022_fernando_e_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Que seja solicitado pelo Poder Executivo um Ofício ao DER/PR para que tome providências no sentido de derrubada e retirada de algumas árvores que estão na margem da PR-493 na Comunidade de Linha Palmeirinha.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/115/28-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/115/28-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar sinalização na esquina das ruas Presidente Vargas com a Josafat Kmita.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/116/29-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/116/29-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Oficiar a DER para fazer uma ciclovia na PR-493 entre a Vibra e a Coxilha Rica.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/117/30-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/117/30-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto da calçada ao lado da clinica da mulher.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/118/31-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/118/31-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o corte de espinhos que invadiram a calçada na Rua Princesa Izabel esquina com a Rua Marcelino Champagnat, e se possível fazer calçada na mesma.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/119/32-2022_karla_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/119/32-2022_karla_e_outros.pdf</t>
   </si>
   <si>
     <t>Que seja instalado dispositivo eletrônico com senha na Unidade de Saúde Mista Dr. Osman Simões.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/120/33-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/120/33-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar pedra brita atrás da cozinha na Escola Municipal Nereu Ramos.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/130/34-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/130/34-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da calçada na Rua Tapajós, Bairro Guarani.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/132/35-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/132/35-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Tomar providências para melhoria no serviço de iluminação pública, troca de lâmpadas, etc.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/134/36-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/134/36-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Tomar providência referente aos fios dos postes que estão caídos nas calçadas e ruas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/149/37-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/149/37-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a roçada na beira dos calçamentos e asfaltos no interior do município.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/150/38-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/150/38-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Trocar lâmpadas queimadas na Rua Evaristo Nichile, na altura da casa com o número 628.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/154/39-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/154/39-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Aumentar a cobertura de entrada da Escola Parigot, no Bairro Guarani.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/155/40-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/155/40-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus coberto no novo ginásio de esportes do município.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/156/41-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/156/41-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Recolher entulhos na Rua Severino Minosso, no Bairro Fênix.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/157/42-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/157/42-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Fazer contenção da lama ou tubos na Rua Mauricio Gnoatto.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/158/43-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/158/43-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Fazer calçada na rua Josafat Kmita.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/167/44-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/167/44-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar tubulação e boca de lobo no cruzamento das Ruas José M. Soares e Abilon de Souza Naves, próximo ao Bar do Pedro.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/168/45-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/168/45-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza da casinha do lixo na Linha Palmeirinha.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/169/46-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/169/46-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento e colocar tubulação na Rua Ema Gnoatto, Bairro Industrial.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/170/47-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/170/47-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira com tampa em frente à creche Professora Junice F. Lucini.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/171/48-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/171/48-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar mais lixeiras no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/172/49-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/172/49-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira móvel em frente ao novo Ginásio de Esportes no Bairro Haupt.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/174/50-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/174/50-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra molas na Rua Fernando Ferrari, perto do cruzamento com a Rua Luiz Milton Totti.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/175/51-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/175/51-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Refazer a pintura das faixas de sinalização na Avenida Manoel Ribas</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/176/52-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/176/52-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Providenciar a REPOSIÇÃO DOS BANCOS no espaço da pracinha da Santa do Bairro Fênix, para que os Munícipes possam visitar o local com maior conforto e até mesmo assistir os jogos no Estádio Municipal João Oldoni.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/177/53-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/177/53-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Ampliar e fazer melhorias no Ponto de Ônibus ao lado da Creche no Bairro Fênix, a pedido do morador Juliano Ferreira..</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/178/54-2022_karla_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/178/54-2022_karla_e_outros.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção e ampliação do CRAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/179/55-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/179/55-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Providenciar iluminação publica na saída para a comunidade de Luiz Costa, perto do deposito de gelo Klein.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/180/56-2022_fragata_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/180/56-2022_fragata_e_outros.pdf</t>
   </si>
   <si>
     <t>Aumentar o tamanho dos quebra molas na Rua Josaft Kmita, bairro Villa Verde.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/181/57-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/181/57-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Trocar a placa de sinalização de trânsito na Rua Ertile Guzzo, cruzamento com a Fernando Ferrari.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Thiaguinho, Fragata, João Venturin, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/182/58-2022_tiago_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/182/58-2022_tiago_e_outros.pdf</t>
   </si>
   <si>
     <t>Que procedam melhorias no fornecimento do serviço e abastecimento de água aos cidadãos itapejarenses</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/183/59-2022_tiago_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/183/59-2022_tiago_e_outros.pdf</t>
   </si>
   <si>
     <t>Melhorar a sinalização, fazer a limpeza, colocar radares ou lombadas se possível, COMO DESCRITO A BAIXO, NAS seguintes comunidades:_x000D_
 _x000D_
 •	Barra Grande (saída para Francisco Beltrão), PR/566._x000D_
 •	13 de Maio (ACESSO BARRA DO VITORINO, PR/566 ._x000D_
 •	Ponte sobre o Rio Vitorino (sentido Pato Branco), nas PR- 493.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/184/60-2022_jonas_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/184/60-2022_jonas_e_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja feito e encaminhado à Câmara de Vereadores um Projeto de Lei de autoria do Chefe do Poder Executivo, nos mesmos moldes da Lei Municipal de Francisco Beltrão, para regularizar as chácaras rurais da zona periurbana de nosso Município de Itapejara D´Oeste.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/185/61-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/185/61-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Limpeza de vegetação que está sobre a estrada que faz divisa com a comunidade de Linha São Pedro com a Volta Grande.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/186/62-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/186/62-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer reparos, manutenção e alargamento das laterais, na ponte próxima a captação de agua da Sanepar instalada no Rio Vitorino.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Fernando, João Azeredo, Jonas, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/192/63-2022_fernando_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/192/63-2022_fernando_e_outros.pdf</t>
   </si>
   <si>
     <t>Colocar cascalho ou calçamento na rua de acesso à propriedade da Sra. Dulce Malacarne, com entrada em frente ao Posto, no Distrito de Barra Grande.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/194/64-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/194/64-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer uma boca-de-lobo na esquina da rua Presidente Kennedy, com a Avenida Manoel Ribas, em frente a CRM.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/196/65-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/196/65-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar placa de sinalização de quebra molas no calçamento em construção entre as comunidades de Palmeirinha e Santa Barbara.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/197/66-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/197/66-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar placa com limite de velocidade de 20 KM/H em frente à Creche Pequeno Cidadão.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/198/67-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/198/67-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o cascalhamento e concerto da estrada Danilo Panho.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/199/68-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/199/68-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer boeiro em frente a propriedade Vanderlei Colla, na Vila Palmeirinha.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/200/69-2022_tiago_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/200/69-2022_tiago_e_outros.pdf</t>
   </si>
   <si>
     <t>Estabelecer um amplo programa para gestão de resíduos sólidos no Município de Itapejara.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/201/70-2022_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/201/70-2022_tiago.pdf</t>
   </si>
   <si>
     <t>Colocar tubulação na Rua Josafat Kmita, sentido Frigorifico Orfimar, Bairro Villa Verde, semelhante aos tubos já colocados recentemente no Bairro Guarani</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/202/71-2022_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/202/71-2022_tiago.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação pública na Rua José Myszak, perto do cruzamento com a Rua Guarani.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/203/72-2022_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/203/72-2022_tiago.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação pública na Rua Pedro Veiga, esquina com a Rua Ermindo Blotz.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/204/73-2022_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/204/73-2022_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias na UBS Zelindo Batisttus, como descrito abaixo:_x000D_
 _x000D_
 •	Fazer  mais 1 banheiro;_x000D_
 •	Fazer uma cobertura adequada;_x000D_
 •	Colocar mais assentos.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/205/74-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/205/74-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas na Villa Palmeirinha.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/206/75-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/206/75-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar lixeira na Rua Eduardo Antônio Lussi.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/212/76-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/212/76-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o alargamento da Rua Maximiliano Bevilacqua, Bairro Menino Deus.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/213/77-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/213/77-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar placa de Proibido Estacionar na Rua Antônio Carloto, Bairro Menino Deus.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/214/78-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/214/78-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar calçamento no morro da estrada que da acesso a propriedade dos Srs. Angelin Canofre, Luis Panho, Pompilio Carvalho e outros, no Distrito de Palmeirinha.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/215/79-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/215/79-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a pintura de quebra molas nas ruas:_x000D_
 _x000D_
 •	Presidente Kennedy – Bairro Industrial_x000D_
 •	Em frente a Creche do Fênix._x000D_
 •	Próximo a Ecovision.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/216/80-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/216/80-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Arrumar a entrada da casa do seu Romário de Souza, onde foi feito calçamento novo, na Linha Palmeirinha.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/217/81-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/217/81-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer um Projeto de Municipalização do Distrito de Barra Grande, juntamente com o DER, para que a Gestão do Trecho da Rodovia PR-566 passe para o Município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/218/82-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/218/82-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus no final da Rua Fernando Ferrari, ao lado da quadra de esportes da Escola Parigot de Souza.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/219/83-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/219/83-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar uma rotatória ou alguma forma de regular o transito no cruzamento da Rua Josafat Kmita, com a Avenida Manoel Ribas (frente do Posto Lira).</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/220/84-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/220/84-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias na estrada da linha São João que passa pela Propriedade do Sr. Nelci dos Santos, até a Propriedade do Sr Bruno Caldato.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Fernando, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/227/85-2022_fernando_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/227/85-2022_fernando_e_marcio.pdf</t>
   </si>
   <si>
     <t>Que voltem a serem realizados os atendimentos médicos nos Distritos de Barra Grande e Palmeirinha.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/228/86-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/228/86-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira móvel na rua Nereu Ramos, cruzamento com a rua Paulina, Bairro Alto da Colina, atrás do CTG.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/229/87-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/229/87-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar tubos na Rua Quelemente de Oliveira, saída para propriedade do Sr. Volmar Bacin, loteamento Haupt.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/230/88-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/230/88-2022_fernando.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA UM PROJETO DE LEI, PARA REGULAMENTAR O NOVO PISO SALARIAL DAS AGENTE COMUNITARIAS DE SAUDE E DE ENDEMIAS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/231/89-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/231/89-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar tubulação na Rua Manoel Ribas, Bairro Menino Deus, em frente a propriedade da Sra. Salete Peffan.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/232/90-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/232/90-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto do muro na Avenida Manoel Ribas, pertencente ao Sr. Claudio Fragoso (Claudio dos Celulares).</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/233/91-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/233/91-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Passar veneno para mosquitos nas cabeceiras dos rios novamente.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/234/91-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/234/91-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer melhoria no acesso a propriedade do Sr. Valdir de Ávila.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/235/93-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/235/93-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Concertar as câmeras da Avenida Manoel Ribas e colocar mais câmeras de segurança nas avenidas.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/236/94-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/236/94-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a pintura dos estacionamentos de moto e sinalizar com placas altas, na Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/237/95-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/237/95-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpada na Rua Padre Ré, perto do nº 586 e na Rua Tapajós.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/240/96-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/240/96-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Pedir para que o Estado faça a doação da antiga delegacia (atual instalação do Conselho Tutelar) para o Município.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/241/97-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/241/97-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção dos banheiros exteriores do Estadio Municipal João Oldoni.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/242/98-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/242/98-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a padronização dos pontos de ônibus nos bairros, e construir os que já foram indicados.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/245/99-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/245/99-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Arrumar a estrada na Linha Volta Grande próximo a propriedade do SR. Siro Fiorentin.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/246/100-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/246/100-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer uma ampla divulgação do Artigo 101 da Lei Municipal nº 1.945/2020 (Código Tributário Municipal).</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/247/101-2022_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/247/101-2022_karla.pdf</t>
   </si>
   <si>
     <t>Fazer a construção de um Playground no espaço do Parque “Se essa rua fosse minha”, no Bairro Industrial.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/248/102-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/248/102-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Adequar o escoamento da agua na estrada da Linha Ipiranga que vai até a propriedade do Sr. Antônio Lefechak.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/249/103-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/249/103-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Seja contratado ou designado fiscal para atuar em todas as demandas designadas a ele, tampouco quanto à fiscalização de perturbação de sossego, fazendo-se valer a Lei Municipal 1.943/20 vigente, nos artigos 42 e seguintes.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Fragata, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/250/104-2022_fragata_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/250/104-2022_fragata_e_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar uma rotatória ou alguma forma de regular o transito no cruzamento da Rua Ertile Guzzo, com a Avenida Manoel Ribas (ao lado do Ponto Matriz e Departamento da Agricultura).</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/251/105-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/251/105-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas na Rua Guarani, em frente à antiga mercearia do Carlinhos.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/252/106-2022_marcio_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/252/106-2022_marcio_e_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar ou melhorar a sinalização no cruzamento das Ruas Princesa Izabel com a Rua José Silva e Princesa Izabel com a Rua Presidente Kennedy.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/254/107-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/254/107-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas na junção da Rua Guarani com a PR-493.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/255/108-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/255/108-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Arrumar o asfalto na Barra do Vitorino, entre a SANEPAR até a capela.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Fragata, Karla, Thiaguinho</t>
   </si>
   <si>
     <t>Colocação de tubos na Rua Guarani, Bairro Guarani.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Karla, Fragata, Thiaguinho</t>
   </si>
   <si>
     <t>Para enviar um Projeto de Lei a esta Casa Legislativa referente a um Programa de incentivo ao esporte em Itapejara D’Oeste - PR.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/258/111-2022_fragata_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/258/111-2022_fragata_e_outros.pdf</t>
   </si>
   <si>
     <t>Colocar um ponto de luz Praça Municipal.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/259/112-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/259/112-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar um tubo a mais e fazer melhorias no acesso a propriedade do Sr. José Abate, Na Comunidade de Ipiranga.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/260/113-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/260/113-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Mudar o sentido de tráfego da Rua José Mysak, no bairro Guarani, para mão única.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/261/114-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/261/114-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Retirar duas arvore secas próximo a mecânica do Domingues, na PR - 493, no Bairro Guarani.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/266/115-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/266/115-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer um quebra-molas na Comunidade de Volta Grande, entre a propriedade do Sr. Miguel Figura e Adão Mazur.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/267/116-2022_fernando_e_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/267/116-2022_fernando_e_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar pavimentação asfáltica entre a Rua Guarani e a Escola Parigot de Souza, no Bairro Guarani, em sua totalidade.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>João Venturin, Fragata, Karla, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/268/117-2022_pacoca_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/268/117-2022_pacoca_e_outros.pdf</t>
   </si>
   <si>
     <t>Auxiliar a emissão das Carteiras de Trabalho Digital.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/271/118-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/271/118-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Construir um museu na praça da prefeitura, para resgatar equipamentos antigos pessoais e de trabalho e lazer.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/272/119-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/272/119-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpada da Rua Tamoio, Bairro Guarani, na casa de nº191.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/273/120-2022_fernando_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/273/120-2022_fernando_e_marcio.pdf</t>
   </si>
   <si>
     <t>Para que seja feito o recapeamento asfáltico e manutenção na Ciclovia entre o Município de Itapejara D’Oeste e o Distrito de Palmeirinha, na PR-493.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Marcio, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/274/121-2022_marcio_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/274/121-2022_marcio_e_fernando.pdf</t>
   </si>
   <si>
     <t>Para que seja construída uma Ciclovia entre a Vibra Agroindustrial S/A e o Distrito de Coxilha Rica, na PR-493 em Itapejara D’Oeste.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Fragata, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/279/122-2022_fragata_e_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/279/122-2022_fragata_e_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer um elevador ou uma rampa de acesso as arquibancadas no Ginásio de Esportes Papico.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/280/123-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/280/123-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a concessão de um automóvel para a Pastoral da Criança de Itapejara.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/281/124-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/281/124-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a pintura dos quebra molas da cidade.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/282/125-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/282/125-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar cascalho na entrada da propriedade do Sr. João Rodrigues, na Comunidade de Santa Barbara.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/283/126-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/283/126-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Construir um boeiro que dá acesso a propriedade do popular Sr. Pitião Deparis.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/284/127-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/284/127-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Arrumar a estrada que da acesso as famílias Muczinsk, Franciscon e Deparis, no Distrito de Palmeirinha.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/285/128-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/285/128-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar cascalho na lateral do calçamento da estrada que começa no asfalto da Comunidade da Linha Luiz Costa até a Linha Gnoatto.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/286/129-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/286/129-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias no cascalho de acesso à propriedade do Sr. Isaias Lefechak e cascalhamento nas proximidades da propriedade na Comunidade de Ipiranga.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/287/130-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/287/130-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Providenciar mais iluminação no novo cemitério.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/292/131-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/292/131-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Construção de um ponto de ônibus no Bairro Menino Deus, perto da antiga Casa da Sopa.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/293/132-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/293/132-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer o pagamento reajustado as enfermeiras referente ao piso salarial já aprovado pelo Senado Federal em 02/06/2022.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/294/133-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/294/133-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar placas de sinalização no Bairro Bem Viver indicando o caminho para o Postinho de Saúde, atual Emergência.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/295/134-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/295/134-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza do boeiro que se localiza ao lado da PR-493 e acesso a propriedade da Familia Deparis no Distrito de Palmeirinha.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/296/135-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/296/135-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Tampar as valetas das entradas onde foi colocado encanamento entre as Comunidades de Palmeirinha e Porto Velho.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Marcio, Fernando, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/297/136-2022_marcio_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/297/136-2022_marcio_e_outros.pdf</t>
   </si>
   <si>
     <t>Providenciar urgentemente a limpeza da Rua Tapajos, Bairro Guarani.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/299/137-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/299/137-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira na frente do Clube dos Idosos do Centro.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/300/138-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/300/138-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira na rua São Mateus próximo ao SAMU.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>Tapar buraco que se formou na Rua Albino Franciosi, entre a Rua Fernando Ferrari e Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/302/140-2022_marcio_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/302/140-2022_marcio_e_outros.pdf</t>
   </si>
   <si>
     <t>Colocar cascalho na entrada da propriedade Sra. Eva, no Porto Velho.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Fragata, João Venturin, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/303/141-2022_fragata_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/303/141-2022_fragata_e_outros.pdf</t>
   </si>
   <si>
     <t>Voltar o programa do PROERD de combate às drogas no Município.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/304/142-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/304/142-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Alterar o curso da estrada rural que fica no Ipiranga, Linha Serra Preta, entre o asfalto e a comunidade de Santo Agostinho, próximo à propriedade do Sr. Rafael Dalla Costa.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/305/143-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/305/143-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Construção de um quebra-molas na Rua Pedro Veiga, no bairro Guarani.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/306/144-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/306/144-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o cascalhamento na entrada da propriedade da Família Weber, no Barra do Vitorino.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/307/145-2022_marcio_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/307/145-2022_marcio_e_outros.pdf</t>
   </si>
   <si>
     <t>Refazer o meio fio da calçada localizada na Rua São Mateus, entre Avenida Manoel Ribas e o Bar do Caco.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/314/146-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/314/146-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar Iluminação na Rua Fornes Alves, no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Fernando, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/315/147-2022_fernando_e_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/315/147-2022_fernando_e_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar uma placa de sinalização na rotatória que liga a Avenida Manoel Ribas com a Rua Guarani, em frente ao Bar do Garcia, atrás do No Ponto Supermercado Matriz.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/316/148-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/316/148-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Cortar o começo do calçadão da praça, sentido Verê a Pato Branco.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/317/149-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/317/149-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação no Cemitério Velho.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/318/150-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/318/150-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Que carro de saúde que faz o transporte passe no bairro Fênix, fazendo um ponto para coleta de pessoas que necessitam de atendimento.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/319/151-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/319/151-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer o pagamento salarial reajustado para os (as) técnicos (as) e os (as) auxiliares de enfermagem, conforme disposto na Lei vigente Nº 14.434 de 04 de agosto 2022.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/320/152-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/320/152-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção das goteiras na quadra de esportes do Bairro Bem Viver.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Karla, João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/322/153-2022_karla_e_joao_venturin.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/322/153-2022_karla_e_joao_venturin.pdf</t>
   </si>
   <si>
     <t>Para que seja instalada lousa digital para as turmas de 4° e 5° anos das escolas da rede municipal.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/327/154-2022_karla_e_outras.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/327/154-2022_karla_e_outras.pdf</t>
   </si>
   <si>
     <t>Plantar árvores na calçada do CMEI Junice Forner.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/328/155-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/328/155-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Adequação da ponte sobre o Rio Bachero, na Linha Duns.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/329/156-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/329/156-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpada na Rua Emilio Quelemente de Oliveira, Bairro menino Deus (loteamento Haupt), frente à casa n⁰ 680 de Jean Lucas Verza.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/330/157-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/330/157-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Reitera-se o pedido para colocar placas altas de sinalização para estacionamento de motos, na Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/331/158-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/331/158-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Manutenção da estrada de calçamento entre a propriedade do Sr. Dalla Costa até a propriedade do Sr. Macarini, na comunidade de Rio Gavião.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/332/159-2022_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/332/159-2022_jonas.pdf</t>
   </si>
   <si>
     <t>Fazer calçadas na Rua Estevão Stasiak, bairro Centro.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Que seja consertada a calçada recém feita na Rua José Silva, em frente ao Lava-Car Franciscon.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/335/161-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/335/161-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Para recolherem os cachorros abandonados nas ruas.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/336/162-2022_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/336/162-2022_karla.pdf</t>
   </si>
   <si>
     <t>Colocar um padrão de luz no espaço do “Projeto Parque Pomar”</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/337/163-2022_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/337/163-2022_karla.pdf</t>
   </si>
   <si>
     <t>Fazer a substituição dos eucaliptos do portal.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/338/164-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/338/164-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Instalar placas indicando ponto de ônibus escolar nas proximidades dos mesmos, para melhorar a segurança do trânsito para nossos alunos.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/339/165-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/339/165-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Arrumar a estrada na Linha Baroni.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/340/166-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/340/166-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Pintar as faixas e de sinalização e também de estacionamento em mão única, na Rua Gastoni Bernardi.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/341/167-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/341/167-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Arrumar a estrada na Rua Maximiliano Bevilacqua.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/342/168-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/342/168-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Pintar as faixas e de sinalização e também de estacionamento em mão única, na Rua Nereu Ramos.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/346/169-2022_mineiro_-espera.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/346/169-2022_mineiro_-espera.pdf</t>
   </si>
   <si>
     <t>Fazer o pagamento salarial reajustado para os (as) conselheiros tutelares, conforme piso nacional.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/347/170-2022_fernando_e_outros.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/347/170-2022_fernando_e_outros.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa de Lei um Projeto de Lei, conforme anexo, que “Regulamenta o serviço de Mototáxi em Itapejara D´Oeste e dá outras providências”.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/348/171-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/348/171-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar placa na rotatória de entrada do Bairro Bem Viver, indicando o sentido da via, pra quem entra e pra que sai do Bairro.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/349/172-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/349/172-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar um toldo na Unidade Básica de Saúde – UBS Zelindo Batistussi, no Centro.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/350/173-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/350/173-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Para que se coloque uma placa de preferência na Rota de Caminhões, no sentido Verê-Itapejara D´Oeste.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/351/174-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/351/174-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Que o Dpto. de Urbanismo exija da população a limpeza dos lotes, aplicando as sanções previstas na Lei, conforme Plano Diretor.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/352/175-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/352/175-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Construir uma academia ao ar livre em frente ou nas proximidades do Ginásio Jair Carneiro da Fontoura Fernandes (Papico).</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/354/176-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/354/176-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer duas bocas de lobo em frente ao Edifício Residencial Siena, na Rua Hibiscos, Bairro Bem Viver.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/355/177-2022_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/355/177-2022_fernando.pdf</t>
   </si>
   <si>
     <t>Seja oficiado à Justiça Eleitoral no sentido de mudar o local de votação do segundo andar do Colégio Estadual Isidoro Dumont, conforme pedido feito pelo ex-Vereador Vilson Garcia Dalsente.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/356/178-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/356/178-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Colocar cascalho na entrada da propriedade do Sr. Romário Oliveira, na Vila Palmeirinha.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/357/179-2022_joao_nelson.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/357/179-2022_joao_nelson.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias no calçamento na estrada José Albino Schuastz, estrada que segue até a antiga balsa.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/360/180-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/360/180-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Que se faça uma obra para resolver os problemas de alagamento na Rua José M. Soares, entre as Ruas Abilon de Souza Naves e Avenida Manoel Ribas, nas proximidades do Bar do Pedro.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/361/181-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/361/181-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpadas queimadas na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/390/182-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/390/182-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Que nas visitas e diligencias dos órgãos competentes as casas dos moradores, seja feito um cadastro dos animais que existam na residência, bem como se são castrados ou não, no afã de ter um registro e otimizar os serviços de castração em nosso município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/391/183-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/391/183-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção, limpeza nas laterais e tapagem de buracos,  começando do Bairro Villa Verde, até o antigo Frigorifico Orfimar.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/392/184-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/392/184-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas na Rua Mauricio Gnoatto e Rua Curitiba..</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/393/185-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/393/185-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar placas de identificação de ruas do Loteamento Coperabi, acima da PR-493.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/394/186-2022_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/394/186-2022_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção das laterais da rua Luiza Forner Salvi, no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/400/187-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/400/187-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Que se providencie a recolha do lixo seco Rua Santos Dumont, final da rua (sem saída), em frente à casa verde de n° 1289.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/405/188-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/405/188-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a limpeza e também a manutenção do assento do ponto de ônibus situado entre a PR-493 e a estrada municipal de acesso ao Bairro Bem Viver, sentido Pato Branco/Itapejarara.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/406/189-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/406/189-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação no banheiro público da praça da prefeitura.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Jonas, Fernando, João Azeredo, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_a_lom_01-2022_-_emenda_impositiva.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_a_lom_01-2022_-_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao art. 116 da Lei Orgânica do Município de Itapejara_x000D_
 D’Oeste, para adotar no processo legislativo orçamentário municipal as emendas impositivas previstas na_x000D_
 Emenda Constitucional nº 86, de 17 de março de 2015 e Emenda Constitucional nº 100, de 26 de junho de_x000D_
 2019.</t>
   </si>
   <si>
     <t>PRRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_resolucao_n._001.2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_resolucao_n._001.2022.pdf</t>
   </si>
   <si>
     <t>Constitui a Comissão Especial para tratar de assuntos do “Comitê de Energia” com a finalidade de fiscalizar, obter_x000D_
 diagnóstico, propor medidas e emitir pareceres, e dá outras providências.</t>
   </si>
   <si>
     <t>MPSAR</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/188/mocao_de_pesar_no_001_2022_timbre.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/188/mocao_de_pesar_no_001_2022_timbre.pdf</t>
   </si>
   <si>
     <t>pelo falecimento do ex-Vereador e Presidente do Poder Legislativo de Itapejara D´Oeste entre 1993 a 1996 e 1997 a 2000, Sr. Altair Joaquin Salvi (in memorian), ocorrido no dia 08/05/2022.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/207/mocao_de_pesar_no_002_2022_timbre.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/207/mocao_de_pesar_no_002_2022_timbre.pdf</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/321/mocao_de_pesar_no_003_2022_timbre.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/321/mocao_de_pesar_no_003_2022_timbre.pdf</t>
   </si>
   <si>
     <t>em memória de Neusi Dall Agnol Detoni.</t>
   </si>
   <si>
     <t>MAPLA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/164/mocao_de_aplauso_01-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/164/mocao_de_aplauso_01-2022.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplauso ao Senhor Desembargador Dr. Elisson Guimarães pelos 101 anos de idade.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/323/mocao_2_2.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/323/mocao_2_2.pdf</t>
   </si>
   <si>
     <t>A ser concedida a Escola Estadual Irmão Isidoro Dumont.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/367/04-2022_-_artur_toigo_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/367/04-2022_-_artur_toigo_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Artur Toigo, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1981.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/368/05-2022_-_egidio_dariva_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/368/05-2022_-_egidio_dariva_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Egídio Dariva, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1982.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/369/06-2022_-_jose_z._bocasanta_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/369/06-2022_-_jose_z._bocasanta_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor José Z. Bocasanta, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1985 e 1986.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/370/07-2022_-_claudino_c._gnoatto_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/370/07-2022_-_claudino_c._gnoatto_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Claudino C. Gnoatto, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1989 e 1990.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/371/08-2022_-_neuto_j._fabiane_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/371/08-2022_-_neuto_j._fabiane_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Neuto J. Fabiane, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1991, 1992, 1995, 1996 e 1997.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/372/09-2022_-_milton_l._zucchi_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/372/09-2022_-_milton_l._zucchi_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Milton L. Zucchi, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1999.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/373/10-2022_-_euzebio_golunski_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/373/10-2022_-_euzebio_golunski_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Euzébio Golunski, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2001.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/374/11-2022_-_jovenil_r._de_godoys_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/374/11-2022_-_jovenil_r._de_godoys_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Jovenil R. de Godoys, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2002.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/375/12-2022_-_alcir_l._biezus_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/375/12-2022_-_alcir_l._biezus_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Alcir L. Biezus, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2000 e 2004.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/376/13-2022_-_eliandro_pichetti_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/376/13-2022_-_eliandro_pichetti_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Eliandro L. Pichetti, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2003 e 2005.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/377/14-2022_-_vlademir_lucini_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/377/14-2022_-_vlademir_lucini_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Vlademir Lucini, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2006.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/378/15-2022_-_aldecir_pegorini_-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/378/15-2022_-_aldecir_pegorini_-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Aldecir Pegorini, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2008 e 2010.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/379/16-2022_-_aldicir_biolchi__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/379/16-2022_-_aldicir_biolchi__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Aldicir Biolchi, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2007 e 2011.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/380/17-2022_-_atilio_venturin_sobrinho__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/380/17-2022_-_atilio_venturin_sobrinho__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Atilio Venturin Sobrinho, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2012.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/381/18-2022_-emilio_biezus__-_aplausoo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/381/18-2022_-emilio_biezus__-_aplausoo.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Emilio Biezus, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2015.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/382/19-2022_-__antonio_edson_de_azeredo__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/382/19-2022_-__antonio_edson_de_azeredo__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Antônio Edson de Azeredo, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2014.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/383/20-2022_-_jose_a._gritti__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/383/20-2022_-_jose_a._gritti__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Jose A. Gritti, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2009, 2013 e 2016.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/384/21-2022_-_marli_t._z._dariva__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/384/21-2022_-_marli_t._z._dariva__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso a senhora Marli T. Z. Dariva, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2017.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/385/22-2022_-_vilson_g._dalsente__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/385/22-2022_-_vilson_g._dalsente__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Vilson G. Dalsente, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2018.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/386/23-2022_-_isabela_schmoller__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/386/23-2022_-_isabela_schmoller__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso a senhora Isabela Schmoller, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2019.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/387/24-2022_-_antonio_pedro_passarini__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/387/24-2022_-_antonio_pedro_passarini__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Antônio P. Passarini, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2020.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/388/25-2022_-_marcus_v._b._santos__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/388/25-2022_-_marcus_v._b._santos__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Marcus V. B. Santos, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 2021.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/389/26-2022_-_ivo_mozatto__-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/389/26-2022_-_ivo_mozatto__-_aplauso.pdf</t>
   </si>
   <si>
     <t>A mesa diretora desta Casa de Leis concede Moção de Aplauso ao senhor Ivo Mozatto, Presidente do Poder Legislativo de Itapejara D´Oeste no ano de 1979 e 1980.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/403/27-2022_-_favio_dos_santos-_aplauso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/403/27-2022_-_favio_dos_santos-_aplauso.pdf</t>
   </si>
   <si>
     <t>A ser concedida ao senhor Flavio dos Santos</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>MREP</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/404/01-2022_-_repudio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/404/01-2022_-_repudio.pdf</t>
   </si>
   <si>
     <t>ao Senhor Ministro do Supremo Tribunal Federal Alexandre de Moraes por censura aos meios de comunicação e perfis em redes sociais de parlamentares e influenciadores durante e após o processo eleitoral de 2022, violando o Principio Constitucional da Liberdade de Expressão.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>ESUPR</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/407/emenda_supressiva_01-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/407/emenda_supressiva_01-2022.pdf</t>
   </si>
   <si>
     <t>Suprima-se a totalidade da redação do artigo 5º do Projeto de Lei nº 71/2022, de 16.11.2022.</t>
   </si>
   <si>
     <t>PDTL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/35/decreto_legislativo_01-2022.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/35/decreto_legislativo_01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da prefeitura</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/165/r_002-2022_vago.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/165/r_002-2022_vago.doc</t>
   </si>
   <si>
     <t>Instaura Comissão Especial visando a intenção de medidas legais de política pública para resolver_x000D_
 a questão do uso dos barracões industrial do Município de Itapejara D’Oeste</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/152/r_003-2022_sanepar.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/152/r_003-2022_sanepar.pdf</t>
   </si>
   <si>
     <t>Que seja convocado a estar presente em uma sessão deste Legislativo a Diretoria ou seu representante legal, a fim de prestar esclarecimentos quanto_x000D_
 a divulgação na imprensa que a água consumida pela população de Itapejara D’Oeste possui substâncias_x000D_
 cancerígenas</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/275/r_004-2022_falta.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/275/r_004-2022_falta.pdf</t>
   </si>
   <si>
     <t>Requer abono de falta para o Vereador Marcus Vinicius Braz Santos</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/11/r_005-2022_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/11/r_005-2022_mineiro.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio do Departamento de Saúde, encaminhe a esta Casa de Leis a lista das pessoas foram a Curitiba na data de 29/11/2022 e 30/11/2022 com o Veículo/Ônibus da saúde e pra onde se direcionaram.</t>
   </si>
   <si>
     <t>PLCPE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_73-2022_atualizado.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_73-2022_atualizado.pdf</t>
   </si>
   <si>
     <t>Autorização de Uso de Bens Públicos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3646,68 +3646,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/61/projeto_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_24-2022_atualizado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_26-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_27-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_28-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_29-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_30-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_31-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/243/projeto__de_lei_32-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_33-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_34-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_lei_35-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_36-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_37-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_38-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_39-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_40-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_41-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_42-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_43-2022_arrumado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_44-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_45-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_46-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_47-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_48-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_49-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_50-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_51-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_52-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_53-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_54-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_56-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_57-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_58-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_59-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_61-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_62-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_63-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_64-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_65-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_66-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_67-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_68-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_70-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_71-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_72-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_73-2022_atualizado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_76-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de__lei_001_2022_mineiro_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_do_legislativo_02-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_n._03_2022_fila_preferencial_mercados.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_._04_2022_mineiro_autismo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n._05_2022_diaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_006.2022_reciclagem_mineiro_e_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_n._07_2022_incentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_n._09_2022_up_aci.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_n._10_2022_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_n._14-_2022_quadro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/67/01-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/85/02-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/86/03-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/87/04-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/88/05-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/89/06-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/93/07-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/94/08-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/95/09-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/96/10-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/97/11-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/99/12-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/100/13-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/101/14-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/102/15-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/103/16-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/104/17-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/106/19-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/107/20-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/108/21-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/109/22-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/110/23-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/112/25-2022_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/113/26-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/114/27-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/115/28-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/116/29-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/117/30-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/118/31-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/119/32-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/120/33-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/130/34-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/132/35-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/134/36-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/149/37-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/150/38-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/154/39-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/155/40-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/156/41-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/157/42-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/158/43-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/167/44-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/168/45-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/169/46-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/170/47-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/171/48-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/172/49-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/174/50-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/175/51-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/176/52-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/177/53-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/178/54-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/179/55-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/180/56-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/181/57-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/182/58-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/183/59-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/184/60-2022_jonas_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/185/61-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/186/62-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/192/63-2022_fernando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/194/64-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/196/65-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/197/66-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/198/67-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/199/68-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/200/69-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/201/70-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/202/71-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/203/72-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/204/73-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/205/74-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/206/75-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/212/76-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/213/77-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/214/78-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/215/79-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/216/80-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/217/81-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/218/82-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/219/83-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/220/84-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/227/85-2022_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/228/86-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/229/87-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/230/88-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/231/89-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/232/90-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/233/91-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/234/91-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/235/93-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/236/94-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/237/95-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/240/96-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/241/97-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/242/98-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/245/99-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/246/100-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/247/101-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/248/102-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/249/103-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/250/104-2022_fragata_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/251/105-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/252/106-2022_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/254/107-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/255/108-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/258/111-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/259/112-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/260/113-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/261/114-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/266/115-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/267/116-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/268/117-2022_pacoca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/271/118-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/272/119-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/273/120-2022_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/274/121-2022_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/279/122-2022_fragata_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/280/123-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/281/124-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/282/125-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/283/126-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/284/127-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/285/128-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/286/129-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/287/130-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/292/131-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/293/132-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/294/133-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/295/134-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/296/135-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/297/136-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/299/137-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/300/138-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/302/140-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/303/141-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/304/142-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/305/143-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/306/144-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/307/145-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/314/146-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/315/147-2022_fernando_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/316/148-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/317/149-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/318/150-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/319/151-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/320/152-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/322/153-2022_karla_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/327/154-2022_karla_e_outras.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/328/155-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/329/156-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/330/157-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/331/158-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/332/159-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/335/161-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/336/162-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/337/163-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/338/164-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/339/165-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/340/166-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/341/167-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/342/168-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/346/169-2022_mineiro_-espera.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/347/170-2022_fernando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/348/171-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/349/172-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/350/173-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/351/174-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/352/175-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/354/176-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/355/177-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/356/178-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/357/179-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/360/180-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/361/181-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/390/182-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/391/183-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/392/184-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/393/185-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/394/186-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/400/187-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/405/188-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/406/189-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_a_lom_01-2022_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_resolucao_n._001.2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/188/mocao_de_pesar_no_001_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/207/mocao_de_pesar_no_002_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/321/mocao_de_pesar_no_003_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/164/mocao_de_aplauso_01-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/323/mocao_2_2.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/367/04-2022_-_artur_toigo_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/368/05-2022_-_egidio_dariva_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/369/06-2022_-_jose_z._bocasanta_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/370/07-2022_-_claudino_c._gnoatto_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/371/08-2022_-_neuto_j._fabiane_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/372/09-2022_-_milton_l._zucchi_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/373/10-2022_-_euzebio_golunski_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/374/11-2022_-_jovenil_r._de_godoys_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/375/12-2022_-_alcir_l._biezus_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/376/13-2022_-_eliandro_pichetti_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/377/14-2022_-_vlademir_lucini_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/378/15-2022_-_aldecir_pegorini_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/379/16-2022_-_aldicir_biolchi__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/380/17-2022_-_atilio_venturin_sobrinho__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/381/18-2022_-emilio_biezus__-_aplausoo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/382/19-2022_-__antonio_edson_de_azeredo__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/383/20-2022_-_jose_a._gritti__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/384/21-2022_-_marli_t._z._dariva__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/385/22-2022_-_vilson_g._dalsente__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/386/23-2022_-_isabela_schmoller__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/387/24-2022_-_antonio_pedro_passarini__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/388/25-2022_-_marcus_v._b._santos__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/389/26-2022_-_ivo_mozatto__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/403/27-2022_-_favio_dos_santos-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/404/01-2022_-_repudio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/407/emenda_supressiva_01-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/35/decreto_legislativo_01-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/165/r_002-2022_vago.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/152/r_003-2022_sanepar.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/275/r_004-2022_falta.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/11/r_005-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_73-2022_atualizado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/61/projeto_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/121/projeto_15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/122/projeto_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/128/projeto_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/123/projeto_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/125/projeto_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/126/projeto_21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/127/projeto_22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/137/projeto_23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/138/projeto_24-2022_atualizado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/162/projeto_26-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_lei_27-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_28-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_de_lei_29-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_30-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_31-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/243/projeto__de_lei_32-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_33-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/262/projeto_de_lei_34-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/263/projeto_de_lei_35-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/264/projeto_de_lei_36-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_37-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/277/projeto_de_lei_38-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/276/projeto_de_lei_39-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/278/projeto_de_lei_40-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/288/projeto_de_lei_41-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/289/projeto_de_lei_42-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/290/projeto_de_lei_43-2022_arrumado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/291/projeto_de_lei_44-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/298/projeto_de_lei_45-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/308/projeto_de_lei_46-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/309/projeto_de_lei_47-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/313/projeto_de_lei_48-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/310/projeto_de_lei_49-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/311/projeto_de_lei_50-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_de_lei_51-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/324/projeto_de_lei_52-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/325/projeto_de_lei_53-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/326/projeto_de_lei_54-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_55-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei_56-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/344/projeto_de_lei_57-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_58-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_59-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/358/projeto_de_lei_61-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_62-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_63-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/365/projeto_de_lei_64-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_65-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/395/projeto_de_lei_66-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_de_lei_67-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/397/projeto_de_lei_68-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_69-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_de_lei_70-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/399/projeto_de_lei_71-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_72-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_73-2022_atualizado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_76-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de__lei_001_2022_mineiro_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_do_legislativo_02-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/139/projeto_de_lei_n._03_2022_fila_preferencial_mercados.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_._04_2022_mineiro_autismo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/226/projeto_de_lei_n._05_2022_diaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_006.2022_reciclagem_mineiro_e_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/253/projeto_de_lei_n._07_2022_incentivo_ao_esporte.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_de_lei_n._09_2022_up_aci.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_n._10_2022_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/398/projeto_de_lei_n._14-_2022_quadro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/67/01-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/85/02-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/86/03-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/87/04-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/88/05-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/89/06-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/93/07-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/94/08-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/95/09-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/96/10-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/97/11-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/99/12-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/100/13-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/101/14-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/102/15-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/103/16-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/104/17-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/106/19-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/107/20-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/108/21-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/109/22-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/110/23-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/112/25-2022_joao_nelson_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/113/26-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/114/27-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/115/28-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/116/29-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/117/30-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/118/31-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/119/32-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/120/33-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/130/34-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/132/35-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/134/36-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/149/37-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/150/38-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/154/39-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/155/40-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/156/41-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/157/42-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/158/43-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/167/44-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/168/45-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/169/46-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/170/47-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/171/48-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/172/49-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/174/50-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/175/51-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/176/52-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/177/53-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/178/54-2022_karla_e_outros.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/179/55-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/180/56-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/181/57-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/182/58-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/183/59-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/184/60-2022_jonas_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/185/61-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/186/62-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/192/63-2022_fernando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/194/64-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/196/65-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/197/66-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/198/67-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/199/68-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/200/69-2022_tiago_e_outros.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/201/70-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/202/71-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/203/72-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/204/73-2022_tiago.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/205/74-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/206/75-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/212/76-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/213/77-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/214/78-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/215/79-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/216/80-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/217/81-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/218/82-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/219/83-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/220/84-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/227/85-2022_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/228/86-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/229/87-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/230/88-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/231/89-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/232/90-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/233/91-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/234/91-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/235/93-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/236/94-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/237/95-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/240/96-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/241/97-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/242/98-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/245/99-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/246/100-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/247/101-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/248/102-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/249/103-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/250/104-2022_fragata_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/251/105-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/252/106-2022_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/254/107-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/255/108-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/258/111-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/259/112-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/260/113-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/261/114-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/266/115-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/267/116-2022_fernando_e_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/268/117-2022_pacoca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/271/118-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/272/119-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/273/120-2022_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/274/121-2022_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/279/122-2022_fragata_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/280/123-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/281/124-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/282/125-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/283/126-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/284/127-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/285/128-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/286/129-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/287/130-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/292/131-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/293/132-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/294/133-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/295/134-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/296/135-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/297/136-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/299/137-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/300/138-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/302/140-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/303/141-2022_fragata_e_outros.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/304/142-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/305/143-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/306/144-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/307/145-2022_marcio_e_outros.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/314/146-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/315/147-2022_fernando_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/316/148-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/317/149-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/318/150-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/319/151-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/320/152-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/322/153-2022_karla_e_joao_venturin.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/327/154-2022_karla_e_outras.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/328/155-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/329/156-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/330/157-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/331/158-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/332/159-2022_jonas.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/335/161-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/336/162-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/337/163-2022_karla.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/338/164-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/339/165-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/340/166-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/341/167-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/342/168-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/346/169-2022_mineiro_-espera.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/347/170-2022_fernando_e_outros.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/348/171-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/349/172-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/350/173-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/351/174-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/352/175-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/354/176-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/355/177-2022_fernando.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/356/178-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/357/179-2022_joao_nelson.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/360/180-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/361/181-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/390/182-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/391/183-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/392/184-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/393/185-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/394/186-2022_marcio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/400/187-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/405/188-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/406/189-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/359/emenda_a_lom_01-2022_-_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/148/projeto_de_resolucao_n._001.2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/188/mocao_de_pesar_no_001_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/207/mocao_de_pesar_no_002_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/321/mocao_de_pesar_no_003_2022_timbre.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/164/mocao_de_aplauso_01-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/323/mocao_2_2.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/367/04-2022_-_artur_toigo_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/368/05-2022_-_egidio_dariva_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/369/06-2022_-_jose_z._bocasanta_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/370/07-2022_-_claudino_c._gnoatto_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/371/08-2022_-_neuto_j._fabiane_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/372/09-2022_-_milton_l._zucchi_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/373/10-2022_-_euzebio_golunski_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/374/11-2022_-_jovenil_r._de_godoys_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/375/12-2022_-_alcir_l._biezus_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/376/13-2022_-_eliandro_pichetti_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/377/14-2022_-_vlademir_lucini_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/378/15-2022_-_aldecir_pegorini_-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/379/16-2022_-_aldicir_biolchi__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/380/17-2022_-_atilio_venturin_sobrinho__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/381/18-2022_-emilio_biezus__-_aplausoo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/382/19-2022_-__antonio_edson_de_azeredo__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/383/20-2022_-_jose_a._gritti__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/384/21-2022_-_marli_t._z._dariva__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/385/22-2022_-_vilson_g._dalsente__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/386/23-2022_-_isabela_schmoller__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/387/24-2022_-_antonio_pedro_passarini__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/388/25-2022_-_marcus_v._b._santos__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/389/26-2022_-_ivo_mozatto__-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/403/27-2022_-_favio_dos_santos-_aplauso.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/404/01-2022_-_repudio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/407/emenda_supressiva_01-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/35/decreto_legislativo_01-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/165/r_002-2022_vago.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/152/r_003-2022_sanepar.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/275/r_004-2022_falta.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/11/r_005-2022_mineiro.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_lei_73-2022_atualizado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H311"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>