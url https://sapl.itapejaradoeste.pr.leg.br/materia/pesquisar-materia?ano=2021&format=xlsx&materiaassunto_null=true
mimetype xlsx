--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -54,4145 +54,4145 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_1.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_1.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera a LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/412/projeto_2.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/412/projeto_2.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_3.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_3.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/417/projeto_4.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/417/projeto_4.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei 1579/2015, que estabelece o valor mínimo para ajuizamento de Execução Fiscal objetivando a cobrança de Dívida Ativa da Fazenda Pública Municipal e Revoga a Lei 1886/2019</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera a LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/419/projeto_6.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/419/projeto_6.pdf</t>
   </si>
   <si>
     <t>Institui o programa de vacinação contra brucelose “Itapejara D’Oeste livre da Brucelose”.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_7.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_7.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar a dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/421/projeto_8.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/421/projeto_8.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_9.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_9.pdf</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/423/projeto_10.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/423/projeto_10.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Desenvolvimento Rural – CMDR.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/424/projeto_11.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/424/projeto_11.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I, do parágrafo 1°, do artigo 211, da Lei n° 467/93, de 21.01.93 e a Lei n° 796/2005, de 27.09.2005 e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/425/projeto_12.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/425/projeto_12.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_13.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_13.pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos da Lei n° 1.205/2010.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_14.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_14.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_15.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_15.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, altera LDO, PPA, cria fonte de recursos e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_16.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_16.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 943/2007 e Regulamenta as atribuições dos Cargos efetivo de Agente da Defesa Civil e Motorista Defesa Civil e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_17.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a readequação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – Conselho do FUNDEB, nos termos da Lei Federal nº14. 113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/485/projeto_18.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/485/projeto_18.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal N°1389/2013 de 07.03.2013, que autoriza a concessão de uso de lote urbano e da outras providencias.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_19.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas e funcionamento de feiras e eventos temporários no município de Itapejara D’Oeste e da outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_20.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_20.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal Nº 1948/2020 de 21.12.2020 e da outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/488/projeto_21.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/488/projeto_21.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição e à dispensa a respectiva população de vacinas para o enfrentamento da pandemia da COVID-19.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/513/projeto_22.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/513/projeto_22.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3° da Lei Municipal nº 371/1990, de 26.06.1990 que dispõe da Regulamentação do serviço de taxi no Município e dá outras providências;</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/503/projeto_23.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/503/projeto_23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso Gratuito de Equipamentos Agrícola Por Empréstimo e dá outras providências.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/521/projeto_24.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/521/projeto_24.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder Auxilio Transporte para estudantes Universitários e estudantes de cursos Técnico-Profissionalizantes e dá outras providências;</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_25.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_25.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a alienar lote urbano Nº 01 da Quadra N° 97, pertencente à Matrícula n° 7.855 e dá outras providências;</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_26.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_26.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA, e dá outras providências.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_27_-_ppa.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_27_-_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o PLANO PLURIANUAL do Município de Itapejara D’Oeste, Estado do Paraná, para os períodos de 2022 a 2025.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/522/projeto_28.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/522/projeto_28.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_30.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_30.pdf</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_31.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_31.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_32.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_32.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_33.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_33.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_34.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_34.pdf</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_35.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_35.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_36.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_36.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a Celebrar Termo de Fomento com a “Associação de Proteção à Maternidade e Infância – APMI”.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_37.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_37.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a Celebrar Termo de Fomento com a “Associação Paranaense de Cultura – APC, por meio de sua unidade executora – Centro Educacional e Social Marista – CESMAR”.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_38.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_38.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Departamento e unidade Organizacional na estrutura funcional da Administração Municipal, ampliar cargos em comissão e dá outras providências</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_39.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_39.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a Cessão Temporária de Uso Gratuito de Equipamentos Agrícola por Empréstimo, e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_40.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_40.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo o Municipal a Criar o Programa de incentivo a Análise Química do Solo e Correção da Fertilidade para o Município de Itapejara D’Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_41.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_41.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, Altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_42.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_42.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_43.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_43.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/608/projeto_44.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/608/projeto_44.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, autoriza o Executivo Municipal a adquirir parte de Imóvel Rural para fins de desapropriação, amigável ou judicial, para a construção de um Posto de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/640/projeto_45.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/640/projeto_45.pdf</t>
   </si>
   <si>
     <t>Reconhece as Igrejas e os Templos de atividades religiosas de qualquer natureza como atividade essencial no Município de Itapejara D’Oeste e dá outras providências;</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/649/projeto_46.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/649/projeto_46.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, altera LDO, PPA e dá outras providências;</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/650/projeto_47.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/650/projeto_47.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_48.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_48.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte recursos, altera LDO, PPA e dá outras providências;</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_49_-_ldo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_49_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do Município de Itapejara_x000D_
 D’Oeste, Estado do Paraná para o Exercício Financeiro de 2022 e dá outras providências;</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_50-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_50-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Locar Sala Comercial, e dá outras providências.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_51.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_51.pdf</t>
   </si>
   <si>
     <t>Redefine a obrigação de pequeno valor para pagamento pelo Município de Itapejara D´Oeste, Estado do Paraná e dá outras providências;</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_52.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_52.pdf</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_53.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_53.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/676/projeto_54.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/676/projeto_54.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a Abertura de Crédito Adicional Suplementar no Orçamento do Município de Itapejara D’Oeste, para o exercício 2021;</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/677/projeto_55.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/677/projeto_55.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Executivo Municipal a contratar Operação de Crédito com a Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_56.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_56.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar, cria fonte de recursos, altera LDO, PPA e dá outras providências;</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_57.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_57.pdf</t>
   </si>
   <si>
     <t>Cria o programa municipal de incentivo à suinocultura e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_58.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_58.pdf</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_59.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_59.pdf</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_60.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_60.pdf</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_61.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_61.pdf</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_62.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_62.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_63.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_63.pdf</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_64.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_64.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Turismo – COMTUR.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_65.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_65.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação de Departamento e Unidade Organizacional na estrutura funcional da Administração Municipal, ampliar cargos em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_66.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_66.pdf</t>
   </si>
   <si>
     <t>Altera o inciso XIII, do Art. 5º da Lei N° 1108, e dá outras providências.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_68.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_68.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial, cria fonte de recursos, altera LDO,_x000D_
 PPA e dá outras providências.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>bre Crédito Adicional Especial, altera LDO, PPA e dá outras providências.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_70.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_70.pdf</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/739/projeto_71.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/739/projeto_71.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Abate e dá outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_72.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_72.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a desenvolver ações para implementar o_x000D_
 Programa CASA VERDE E AMARELA, estabelecido pela Lei Federal n° 14.118/2021, de 12.01.2021, sobre o_x000D_
 Loteamento Fênix IV, aprovado pelo Decreto n° 161/2014.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/740/projeto_73.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/740/projeto_73.pdf</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_75.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_75.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_76.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_76.pdf</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_77.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_77.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_78_-_loa.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_78_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Itapejara D’Oeste, Estado do Paraná, para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_79.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_79.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/751/projeto_81.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/751/projeto_81.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º Da Lei 1801/2018, de 25.04.2018, que Dispõe sobre a concessão de auxilio alimentação a servidores públicos municipal e da outras providências.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/752/projeto_82.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/752/projeto_82.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º, o art. 19 e incisos, o art. 23 e §2°, o art. 35 e o art. 48 da Lei n° 1.916/2020, e revogar o art. 18 e o parágrafo único do art. 41 da Lei n° 1.916/2020, de 10/06/2020, que trata da Eleição para Diretores dos Centros Municipais de Educação Infantil e Ensino Fundamental do Município de Itapejara D´Oeste e da outras providências.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/771/projeto_83.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/771/projeto_83.pdf</t>
   </si>
   <si>
     <t>Cria e amplia vagas para cargo efetivo no quadro de pessoal da Administração Pública Municipal, altera o Anexo I da Lei Municipal n° 1.638/2016 – Plano de Cargos, Carreiras e Remuneração – PCCR dos Servidores Públicos Municipais de Itapejara D´Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_85.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_85.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder incentivos fiscais e execução de serviços de terraplanagem para implantação de indústria de frigorífico e derivados do Grupo NoPonto, no Município e dá outras providências.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/774/projeto_86.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/774/projeto_86.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.837/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_87.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_87.pdf</t>
   </si>
   <si>
     <t>RATIFICA A 2ª ALTERAÇÃO DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL E INTERESTADUAL DE MUNICÍPIOS – SANTA CATARINA, PARANÁ E RIO GRANDE DO SUL – DE SEGURANÇA ALIMENTAR, ATENÇÃO À SANIDADE AGROPECUÁRIA E DESENVOLVIMENTO LOCAL – CONSAD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_88.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_88.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder incentivos fiscais para implantação da Indústria de Poliestileno Expandido – EPS e uma fábrica de revestimento pelo Grupo Vidal, no Município e dá outras providências</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_89.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_89.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber em doação imóvel do Poder Executivo Estadual.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/427/projeto_001-2021_legislativo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/427/projeto_001-2021_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação, no Portal da Transparência do Município de Itapejara D’ Oeste, da lista dos nomes das pessoas vacinadas contra a COVID-19, na forma que especifica’.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_002-2021_legislativo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_002-2021_legislativo.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática de atividade física e de exercício físico como essenciais para a saúde da população e reconhece a essencialidade da prestação de serviços de atividade física pública ou privada, como forma de prevenção de patologias físicas e mentais no âmbito do Município de Itapejara D’Oeste.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/573/pl_04-2021_mantuvamni_adote_uma_praca.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/573/pl_04-2021_mantuvamni_adote_uma_praca.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Adote uma Praça no Município de Itapejara D’Oeste, e dá outras providências.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/641/pl_05-21vereador_mantuvamni_ambiental.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/641/pl_05-21vereador_mantuvamni_ambiental.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Itapejara Sustentável de Sustentabilidade Ambiental na Rede Municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/749/pl_06_titulo_zocchi.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/749/pl_06_titulo_zocchi.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo de Cidadão Honorário do Município de Itapejara D’Oeste ao Tenente Coronel Gerson Mauricio Zocchi e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>João Azeredo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/776/pl_08_ctg.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/776/pl_08_ctg.pdf</t>
   </si>
   <si>
     <t>Declara Entidade Pública e dá outras providências.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mineiro, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/432/001-2021_mineiro_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/432/001-2021_mineiro_e_marcio.pdf</t>
   </si>
   <si>
     <t>-	Considerando que os veículos trafegam em alta velocidade, causando risco de acidentes e atropelamentos, nas Ruas Darci Dalmolin, Dervil Baccin e Severino Minosso, todas na Bairro Fênix, é preciso que o Departamento de Urbanismo realizasse implantação de lombadas, nessas localidades. Há risco, inclusive, para as crianças que estudam na creche, perto do Centro de Tradições Gaúchas – CTG._x000D_
 -	Também é preciso uma lombada na Rua Duque de Caxias, entre as Ruas Pio XII e Salgado Filho, próximo à Serraria do Setembro._x000D_
 -	Ainda, uma outra lombada na Rua Josafat Kmita, próximo à subestação da COPEL, bairro Alto da Colina.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/433/002-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/433/002-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Que seja instalada e fornecida gratuitamente rede de Internet (wi-fi livre) nas seguintes praças: a) PRAÇA CENTRAL DA PREFEITURA; b) LAGO MUNICIPAL CAMINHO DAS PEDRAS; c) PRAÇA DO BAIRRO GUARANI, situada na Rua Guarani.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/434/003-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/434/003-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Solicita-se ao Departamento de Urbanismo com urgência o estudo e a viabilidade, para dar prosseguimento no projeto já elaborado por este departamento, para fazer melhorias NECESSÁRIAS, tampouco como a cobertura na área de lazer da Creche Municipal Pequeno Cidadão – CMEI –Centro Municipal de Educação Infantil Pequeno cidadão, situada na Rua Pio XII, esquina com a Rua Fernando Ferrari.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/435/004-2021_marcio_e_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/435/004-2021_marcio_e_jonas.pdf</t>
   </si>
   <si>
     <t>-	Sabendo-se que os veículos trafegam em alta velocidade, causando acidentes e atropelamentos, no cruzamento das Ruas Princesa Isabel com a Rua Salgado Filho, situado no Bairro Industrial, é preciso que o Departamento competente realize a implantação de uma lombada, nessa localidade. _x000D_
 -	O local exato da implantação da lombada é entre o cruzamento da Rua princesa Isabel com a Rua Salgado Filho e a Rua Albino Franciosi (entre o cruzamento e a Inviolável)._x000D_
 -	Também é preciso uma lombada na Rua Guarani, entre a Rua Bento Tomazini e a PR-493 (próximo ao Bar do Canhoto)</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/436/005-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/436/005-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Considerando a necessidade de comunicação entre a população e os Órgãos da Administração Pública Municipal, solicita-se a implementação de aparelhos celulares para que os mesmos possuam um número (conta) no aplicativo WhatsApp para que os mesmos citados acima tenham maior facilidade e oportunidade de contatar sobre quaisquer problemas que possuam ou que venham a surgir._x000D_
 Os locais onde são solicitados os aparelhos são:_x000D_
 -	No hospital _x000D_
 -	Na garagem da prefeitura_x000D_
 -	Na prefeitura (onde os recados serão repassados aos departamentos necessários)_x000D_
 -	Aos demais órgãos onde se achar necessário</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/437/006-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/437/006-2021_marcio.pdf</t>
   </si>
   <si>
     <t>A garagem da prefeitura serve como local de estacionamento, manutenção e cuidados dos ônibus e caminhões entre outros tipos de meios de transporte e trabalho, visando a manutenção da mesma e também a saúde e bem estar dos funcionários e moradores que residem perto, solicita-se que seja anexado junto os posto de lavagem que se localiza dentro deste perímetro (da própria garagem da prefeitura) UM TOLDO OU UMA LONA, para que na hora em que houver a higienização dos veículos da garagem, que não sejam ejetados junto com a agua, produtos químicos de limpeza, que estão prejudicando os moradores locais.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/438/007-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/438/007-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Observando a necessidade e a importância de tal ato, pede-se a construção de um Redutor de Velocidade (lombada), na estrada rural que liga a comunidade de Linha Porto Velha, no trecho de aproximadamente 150 metros, após o término do asfalto rural.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/439/008-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/439/008-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Sabendo-se da necessidade de manutenção e benfeitorias dos bens públicos, pede-se que seja feita na Escola CMEI Criança Feliz, situada na Rua Darci Dalmolin, um anexo (porta) entre a cozinha e a área de alimentação, para facilitar a locomoção dos funcionários, também pede-se que seja feito uma cobertura na área de lazer, para a proteção dos alunos contra os efeitos climáticos (sol e chuva) e por fim, que seja realizada a pintura de toda a estrutura da escola, ou, se não for possível que seja integralmente pintada, então que seja parcialmente, priorizando as partes que mais necessitam.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/440/009-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/440/009-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se que seja feita a manutenção da iluminação das vias publicas com lâmpadas novas nas Ruas Padre Réus, situada no bairro Alto da Colina e na Rua Tapajós, localizada no Bairro Guaraní.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/441/010-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/441/010-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Observando a necessidade, limpeza e segurança, pede-se que seja feita a limpeza da vegetação (mato) no Cemitério Municipal e também no loteamento da Prefeitura Municipal que se situa no Bairro Fênix.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/442/011-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/442/011-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Retirada da vegetação que avança sobre a ciclovia no trecho entre Itapejara D’Oeste e a linha Palmeirinha (PR-493) e também reparos na mesma.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/443/012-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/443/012-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se a manutenção de boeiro (boca-de-lobo) na Rua Fernando Ferrari, em frente a Loja Fabiani, também, na Rua Weisshermer (meio da quadra, ao lado da Rodoviária)._x000D_
 Solicita-se a mudança do local onde encontra-se o boiero (boca-de-lobo), na Rua Amélia da Costa Soares, Bairro industrial, para frente (foto em anexo, em frente a propriedade do Dr. Valdir Cantelli), também na rua Guarani, Bairro Guarani (em frente ao chalé do Farias).</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/444/013-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/444/013-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se que seja feita uma área de refúgio (acostamento) próximo à entrada para a comunidade de 13 de Maio na PR-566 (de Itapejara, sentido Coronel Vivida), como visto na foto em anexo.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Fragata, João Venturin, Karla, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/445/014-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/445/014-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>A viabilização para a perfuração de 3 (três) poços artesianos em nosso município, em forma de sugestão que deverão ser perfurados nas comunidades de :_x000D_
 •	Comunidade da Serra Preta_x000D_
 •	Comunidade do Ipiranga_x000D_
 •	Comunidade da Santa Bárbara_x000D_
 •	Barra do Vitorino</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/446/015-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/446/015-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Passar inseticida nas cabeceiras dos rios que passam pelas comunidades do município.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/447/016-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/447/016-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Pede-se a retirada da vegetação (roçada)  nas laterais da estrada que liga o bairro Vila Verde com a PR-566 (acesso ao 13 de maio).</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/448/017-2021_4_vreadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/448/017-2021_4_vreadores.pdf</t>
   </si>
   <si>
     <t>A construção de um campo de futebol (com grama natural) no Bairro Guarani, com toda a estrutura necessária para o seu bom funcionamento.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>Fragata, Karla, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/450/018-2021_fragata_tiago_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/450/018-2021_fragata_tiago_e_karla.pdf</t>
   </si>
   <si>
     <t>Analisar a viabilidade para serem feitos os exames admissionais e demissionais de trabalhadores de empresas do município no Hospital Doutor Osman Simões, enquadrando tais exames no Programa Saúde do Trabalhador.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/452/019-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/452/019-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pintura de meio-fio nas Ruas Fernando Ferrari, Abilon de Souza Naves e Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/454/020-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/454/020-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas lixeiras novas para o lixo seco e alterado o horário de coleta do lixo reciclável para as 18:30 (dezoito horas e trinta minutos) permanecendo os mesmos dias, nas Ruas Fernando Ferrari, Abilon de Souza Naves e Principalmente na Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/455/021-2021_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/455/021-2021_karla.pdf</t>
   </si>
   <si>
     <t>Solicita-se a instalação de iluminação (colocar poste ou trocar as lâmpadas) na Rua Princesa Isabel, entre a Rua Luiz Milton Toti e a Rua Amélia da Costa Soares, no Bairro Industrial.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/456/022-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/456/022-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Pede-se que seja colocada iluminação (lâmpadas) na quadra de areia do Lago Municipal Caminho das Pedras.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/457/023-2021_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/457/023-2021_karla.pdf</t>
   </si>
   <si>
     <t>Pede-se a instalação de uma caixa d’agua com todo o encanamento necessário na Comunidade da Serra Preta.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/458/024-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/458/024-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja colocado calçamento e posteriormente manta asfáltica no trajeto que liga a propriedade do Sr. Macarini, passando pela propriedade do Sr. Dalla Costa, até a Comunidade da Sede Gavião, de aproximadamente 4 km.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>Marcio, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/459/025-2021_marcio_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/459/025-2021_marcio_e_fernando.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção e reparos, a limpeza da vegetação e um muro, na pracinha (parquinho) pertencente ao Bairro Fênix.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/460/026-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/460/026-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Seja feita a pavimentação de calçamento ou manta asfáltica de aproximadamente 150 metros no perímetro urbano, regularização fundiária (colocar no mapa no município), e serviços públicos de energia (poste de luz), correio e coleta de lixo, com início ao lado da Fábrica de Móveis do Sr. Sandro Santin até o acesso final, na propriedade do Sr Mauro Schibichewski, no Bairro Industrial (perto do corpo de bombeiros).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/461/027-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/461/027-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação poliédrica (calçamento) no interior do município, com início na subestação da Sanepar (primeira conversão à esquerda logo após o Esporte Clube Itapejara), de aproximadamente 4 (quatro) km, até o final da estrada (em uma encruzilhada) na Comunidade de Sete de Setembro.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/462/028-2021_jonas_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/462/028-2021_jonas_e_mineiro.pdf</t>
   </si>
   <si>
     <t>A instalação de um posto de saúde no Bairro Guarani e um no Bairro Fênix, com atendimento de segunda a sexta e com a presença de médico devidamente instituído.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/473/029-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/473/029-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Seja feita a pavimentação de calçamento ou manta asfáltica de aproximadamente 150 metros no perímetro urbano, regularização fundiária (colocar no mapa no município), e serviços públicos de energia (poste de luz), correio e coleta de lixo, com início (continuação da Rua Ema Gnoatto) ao lado da Metalúrgica TMR até o acesso final, no Bairro Industrial (perto do corpo de bombeiros).</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/474/030-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/474/030-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Que seja retirado um pedaço da calçada da praça central (Calçadão em frente a Igreja Matriz) no sentido Dois Vizinhos – Centro, na Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/475/031-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/475/031-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>A retirada das rotatórias na Avenida Manoel Ribas nos cruzamentos com as Ruas Marcelino Champagnat e Presidente Kenedy (na frente do Dogão Lanches e do EKF Móveis).</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Thiaguinho, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/476/032-2021_tiago_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/476/032-2021_tiago_e_karla.pdf</t>
   </si>
   <si>
     <t>A construção de calçada na Rua Darci Dalmolin, com inicio na “Santinha” (acima do Campo Municipal), até no CTG Porteira da Amizade, no Bairro Fênix.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>Fernando, João Azeredo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/477/033-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/477/033-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Desde que havendo oferta insuficiente de vacinas contra a COVID-19 pela União,  favor adquirir tais imunizantes autorizados pela ANVISA.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/478/034-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/478/034-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Que seja feita a substituição de lâmpadas queimadas no Loteamento Sol Nascente, Bairro Guarani, saída para o Verê, mais precisamente nas ruas José Albino Schuastz; Rosário Gnoatto e João Ervino Schuastz, além da verificação nas demais ruas do loteamento.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/479/035-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/479/035-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Solicita-se a troca de lâmpadas nas Ruas Salgado Filho, Bairro Menino Deus, na Rua Abilon de Souza Naves e na Pracinha do Bairro Guaraní.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/480/036-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/480/036-2021_fragata.pdf</t>
   </si>
   <si>
     <t>A implantação de 2 (dois) postes de iluminação púbica dentro da comunidade da Coxilha Rica.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/481/037-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/481/037-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Retirada de lixos e entulhos que estão presentes na Rua Matilda Haupt no Loteamento Haupt.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/482/038-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/482/038-2021_fragata.pdf</t>
   </si>
   <si>
     <t>A elevação das lombadas (pois estão muito baixas) na Rua Josafat Kmita, próximo ao cemitério, e na comunidade da Barra do Vitorino, próximo a capela.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/490/039-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/490/039-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Pede-se o deslocamento de poste de rede de energia na Rua Fernando Ferrari (anexo ao Salão da Mira).</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/491/040-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/491/040-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, estude a possibilidade de Reajuste Salarial para os membros do Conselho Tutelar de nosso município.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Fernando, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/492/041-2021_fernando_e_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/492/041-2021_fernando_e_tiago.pdf</t>
   </si>
   <si>
     <t>Que seja colocada uma torre para a conexão com operadoras de rede (torre de celular) na localidade de Barra Grande.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/493/042-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/493/042-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado um acesso no Lago Municipal do Bairro Bem-Viver, para que, se preciso, possa se adentrar com uma Ambulância em toda a extensão do Parque.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>João Venturin, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/494/043-2021_pacoca_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/494/043-2021_pacoca_e_karla.pdf</t>
   </si>
   <si>
     <t>Que seja alterado o artigo 7º, parágrafo primeiro da Lei N° 1717/2017 de 27/04/2017, para acrescentar os meses de fevereiro e julho, e também para acrescentar nesta Lei, que estudantes de cursos técnicos, tecnólogos e ensino técnico profissionalizante sejam autorizados a receber o Auxílio Transporte</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/495/044-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/495/044-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas na praça localizada atrás do No Ponto Supermercados Matriz, também, que sejam colocadas lixeiras novas na mesma.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/496/045-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/496/045-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Cascalhamento na Estrada Maicon Cola (aproximadamente 40 metros), situada na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/498/046-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/498/046-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Construção de banheiros e encanamentos necessários no Cemitério Municipal velho.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/499/047-2021_pacoca.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/499/047-2021_pacoca.pdf</t>
   </si>
   <si>
     <t>Colocar cerca de 250 metros de calçamento na Rua Sergio Paulo Falkenak, Bairro Fênix 3.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/500/048-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/500/048-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a obra de calçamento na Rua Amélia da Costa Soares, mais precisamente ao fim da Rua, em torno de 20 (vinte) metros, no Bairro Industrial.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/501/049-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/501/049-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Realizar a roçada no trecho do asfalto que liga da saída da Cidade na Comunidade de Santa Bárbara, próximo ao Esporte Clube Itapejara, num trecho de aproximadamente 200 (duzentos) metros, do lado esquerdo.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/502/050-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/502/050-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer uma cobertura em anexo ao campo de grama sintética do Lago Municipal Caminho das Pedras.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Karla, Fragata, João Venturin, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/504/051-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/504/051-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Melhorar a sinalização da rota de caminhões no sentido Pato Branco/ centro e Verê/ centro.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/505/052-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/505/052-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Manutenção de estacionamento (acostamento) na Avenida Manoel Ribas, mais especificadamente em frente a Zap Calçados, Marco Eletro entre outros estabelecimentos locais.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/506/053-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/506/053-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Manutenção da calçada de acesso à Biblioteca Municipal.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/507/054-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/507/054-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer uma calçada na Rua Josafat Kmita, no Bairro Villa Verde.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/510/055-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/510/055-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Reformar o acostamento, calçada, fazer a limpeza e retirar a vegetação que avança sobre a calçada na Rua Abilon de Souza Naves, esquina com a Rua José Moreira Soares.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/511/056-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/511/056-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Retirada do lixo que está entulhado na linha Palmeirinha, na casinha-lixeiro, em frente à Igreja, do outro lado da rua.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/512/057-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/512/057-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Construção de Academias ao Ar-Livre, no Bairro Industrial, atrás da Coasul e entre o Loteamento Haupt e o Bairro Vila Verde.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>Karla, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/515/058-2021_karla_e_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/515/058-2021_karla_e_fragata.pdf</t>
   </si>
   <si>
     <t>Replantio das mudas de árvores de sombra nos canteiros das calçadas ao redor da Praça Central, já que existem vários canteiros que estão sem mudas. Isso nas três ruas que circundam a Praça em frente ao Paço Municipal. Na Avenida Manoel Ribas há 06 (seis) canteiros vagos. Na Rua Santos Dumont, há 06 (seis) canteiros vazios. Já na Rua Abilon de Souza Naves constam 12 (doze) canteiros vazios, necessitando de replantio. Pede-se que sejam adquiridas mudas de árvores sombra adequadas, conforme o Plano de Arborização elaborado pela equipe técnica da Prefeitura, constante do Novo Plano Diretor Municipal, do ano 2020.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/516/059-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/516/059-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Que seja colocada mais uma lixeira (móvel) na Rua Ema Gnoatto, próximo a residência cuja numeração é 268.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/517/060-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/517/060-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja feita a retirada da vegetação (roçada) que avança sobre a Rua Orestes Lucini, próximo ao cruzamento com a Rua Rui Deluqui.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/518/061-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/518/061-2021_fernando.pdf</t>
   </si>
   <si>
     <t>A ampliação da ponte da Barra do Vitorino, de aproximadamente 2(dois) metros em cada lateral, e que seja feita as muretas de proteção nos lados para a proteção de quem frequenta a ponte.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/519/062-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/519/062-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Que o executivo municipal solicite ao DER Departamento de Estradas de Rodagem e a SEIL Secretaria de Infraestrutura logística do Estado do Paraná e reversão do terrenos da antiga sede do DER de Itapejara ao município. Para construção de um Hospital para atendimento de alta complexidade</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/523/063-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/523/063-2021_jonas.pdf</t>
   </si>
   <si>
     <t>A disponibilidade de atendimento odontológico na Rede Municipal de Saúde no período noturno das 19 às 23 horas de segunda a sexta.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/524/064-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/524/064-2021_tiago.pdf</t>
   </si>
   <si>
     <t>A construção de uma “Farmácia Popular” no Bairro Guarani e outra no Bairro Fênix.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/525/065-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/525/065-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto, manutenção e colocar tubulação no dreno que estourou na Rua Antônio Carloto, no Bairro Menino Deus.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/526/066-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/526/066-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Construção de poço artesiano ou estender a rede já existente para abastecer famílias que estão sem agua na Comunidade de Serra Preta, próximo a PR-493, que liga Itapejara a Pato Branco.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/527/067-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/527/067-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Colocar parte da tubulação de escoamento de agua, que está faltando na Rua Donatto Schervinsk Pereira (cerca de 80 metros), com fotos em anexo.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>Fragata, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/528/068-2021_fragata_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/528/068-2021_fragata_e_karla.pdf</t>
   </si>
   <si>
     <t>Colocação de uma lombada em frete a ONG Leva-eu, na comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/529/069-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/529/069-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o cascalhamento na estrada da Piscicultura De Campos, na Comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/531/070-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/531/070-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento na Rua Luiza Forner Salvi, no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/532/071-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/532/071-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Passar a patrola e fazer o cascalhamento na rua que passa atrás da Escola no Bairro Bem Viver, próximo a propriedade do Sr Nelson Zdziarsk.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/533/072-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/533/072-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se a fiscalização do comercio ilegal (clandestino) de gás de cozinha.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/534/073-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/534/073-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Arrumar a calçada na lateral do Colégio Castelo Branco, na Rua Albino Franciosi.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/535/074-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/535/074-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que se providencie a construção de uma quadra de vôlei com iluminação, reaproveitando a estrutura do antigo pavilhão, onde já existe o piso de cimento, na Comunidade de Coxilha Rica.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/543/075-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/543/075-2021_marcio.pdf</t>
   </si>
   <si>
     <t>A manutenção da via, no cruzamento da Rua José Silva com a Rua Abilon de Souza Naves.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/544/076-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/544/076-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Um zelador no Cemitério Municipal.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/545/077-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/545/077-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação na quadra de areia, e no terreno ao lado, construir uma academia ao Ar-livre, ambos no Bairro Industrial.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/546/078-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/546/078-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Solicita-se um Médico Clínico Geral para atender no Postinho de Saúde Adolfo Kufner.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/547/079-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/547/079-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>A aquisição de um Britador Móvel para fazer (processar) o cascalho.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/548/080-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/548/080-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Construir um quebra-molas na estrada da Comunidade de Barra do Vitorino, perto da propriedade do Sr Adelar José Pegorini e aumentar de tamanho o outro quebra-molas já existente.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>Mineiro, Fernando, João Azeredo, Jonas, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/549/081-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/549/081-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>A construção de um Playground e uma praça ou academia, no terreno ao lado da quadra de areia no Bairro Industrial.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>Mineiro, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/550/082-2021_mineiro_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/550/082-2021_mineiro_e_fernando.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCUS VINICIUS BRAZ SANTOS e FERNANDO MANTUVAMNI, que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, e ao Setor competente, que tome as providências necessárias para executar serviços colocação de tubos para entrada de maquinas agrícolas na propriedade do senhor VILMAR ANTONIO HRENECZEN                                                             na comunidade de Linha Palmeirinha.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/551/083-2021_mineiro_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/551/083-2021_mineiro_e_fernando.pdf</t>
   </si>
   <si>
     <t>Os Vereadores MARCUS VINICIUS BRAZ SANTOS e FERNANDO MANTUVAMNI, que o presente subscreve, na forma regimental, vem mui respeitosamente à presença de Vossa Excelência, INDICAR, ao Executivo Municipal, e ao Setor competente, que tome as providências necessárias para executar serviços limpeza, paisagismo e abertura completa das Ruas e com colocação de infraestrutura nas ruas Santos e Atletico, nas quadra nº 07 e 08.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/553/084-2021_marcio_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/553/084-2021_marcio_e_mineiro.pdf</t>
   </si>
   <si>
     <t>A vacinação dos professores com idade igual ou superior a 40 anos, da Rede Municipal e Estadual de ensino no município, contra a COVID-19.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/554/085-2021_marcio_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/554/085-2021_marcio_e_mineiro.pdf</t>
   </si>
   <si>
     <t>Um segurança devidamente qualificado e instituído para cada Colégio/Escola no Município.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>Thiaguinho, João Venturin</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/555/086-2021_tiago_e_pacoca.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/555/086-2021_tiago_e_pacoca.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção da área de escape, localizada na baixada que fica antes da ponde do rio Vitorino, sentido Itapejara/Pato Branco.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/556/087-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/556/087-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer uma área de escape no acesso à comunidade de Lajeado Bonito.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/557/088-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/557/088-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto das coberturas dos barracões da prefeitura, localizados na saída pra Palmeirinha, ao lado da fábrica de jeans e da chapeação do Élio.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/558/089-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/558/089-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer a melhoria no acesso à propriedade do Sr Nicolau Prochera na comunidade Rio Gavião, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/559/090-2021_marcio_e_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/559/090-2021_marcio_e_mineiro.pdf</t>
   </si>
   <si>
     <t>Colocar uma placa de “Rua sem saída”, na Rua Josafat Kmita, no encontro com a Rua Duque de Caxias, para que os motoristas sigam pela Rua Duque de Caxias e não sigam reto.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/560/091-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/560/091-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Construção de muro na propriedade atrás do Clube dos Idosos do Bairro Guarani.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/561/092-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/561/092-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marcus Vinicius, Fernando Mantuvamni, Jonas de Andrade, Marcio Rottini e João Azeredo que a presente subscrevem, na forma regimental, de acordo com o inciso III, do art. 59 e art. 112 do Regimento Interno desta Casa de Leis, vem, mui respeitosamente, à presença de Vossa Excelência, INDICAR ao Poder Executivo Municipal, por meio do Departamento Competente Execute em nosso Município a REGULARIZAÇÃO FUNDIARIA DE TERRENOS URBANOS, conforme o exposto a seguir</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Fernando, João Azeredo, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/562/093-2021_fernando_joao_azeredo_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/562/093-2021_fernando_joao_azeredo_e_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja celebrado convênio com o Detran para a emissão de Cartão de Idosos e Deficientes Físicos em nosso Município, e também que seja colocado placas para a identificação na frente de cada vaga de idoso e deficiente físico.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/563/094-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/563/094-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Que o Município entre no Programa minha Casa Fácil, criado recentemente pelo Governo Estadual.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/564/095-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/564/095-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias e manutenção na estrada que dá acesso a Granja Pegoraro, na Comunidade do Ipiranga.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/565/096-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/565/096-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Aumentar a área de escape da primeira entrada de calçamento, após a Capela São Braz, na Comunidade Sete de Setembro, sentido Itapejara/Fco Beltrão.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/566/097-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/566/097-2021_fernando.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE ROTAS TURISTICAS</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/567/098-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/567/098-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Os Vereadores Marcus Vinicius, Fernando Mantuvamni, Jonas de Andrade, Marcio Rottini e João Azeredo que a presente subscrevem, na forma regimental, de acordo com o inciso III, do art. 59 e art. 112 do Regimento Interno desta Casa de Leis, vem, mui respeitosamente, à presença de Vossa Excelência, INDICAR ao Poder Executivo Municipal, por meio do Departamento Competente em nosso Município a PROCEDA O REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS DO MUNICIPIO DE ITAPEJARA D´OESTE, conforme o exposto a seguir.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Fernando, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/568/099-2021_fernando_e_joao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/568/099-2021_fernando_e_joao.pdf</t>
   </si>
   <si>
     <t>Correção dos Valores pagos como Adicional de Frequência ou Incentivo.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Fernando, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/574/100-2021_fernando_e_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/574/100-2021_fernando_e_fragata.pdf</t>
   </si>
   <si>
     <t>Recolhimento do lixo que está acumulado na casinha de lixo reciclável em frente a igreja na Comunidade de Palmeirinha e colocação de uma placa de uma placa indicativa no mesmo lugar.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/575/101-2021_fernando_e_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/575/101-2021_fernando_e_marcio.pdf</t>
   </si>
   <si>
     <t>Construção de calçada de paver em torno do novo Cemitério Municipal antigo, na Rua Nereu Ramos e João P. dos Santos.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/576/102-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/576/102-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Aquisição de um compressor de ar novo para o posto de saúde retomar os atendimentos odontológicos.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Fernando, João Azeredo, Jonas, Marcio, Mineiro</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/577/103-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/577/103-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Que as pessoas que estejam em isolamento com suspeita e também as que estiverem positivadas com o COVID-19, passem a usar de forma obrigatória, uma pulseira de identificação com lacre.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/578/104-2021_fernando_e_joao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/578/104-2021_fernando_e_joao.pdf</t>
   </si>
   <si>
     <t>Colocar lixeiras móveis em torno dos Loteamentos Sol Nascentes e Coperabi, ambos na saída pro Verê.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/579/105-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/579/105-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Suspensão do reajuste anual do IPTU (Imposto Predial e Territorial Urbano.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/580/106-2021_mineiro_e_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/580/106-2021_mineiro_e_fernando.pdf</t>
   </si>
   <si>
     <t>Que seja colocado uma Máquina de Raio-X no Hospital.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/581/107-2021_em_aberto.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/581/107-2021_em_aberto.pdf</t>
   </si>
   <si>
     <t>Que seja feito um “pedágio” na praça, com profissionais da saúde, para que as pessoas que ainda não tomaram, possam tomar a Invermectina, como medicamento preventivo do COVID-19.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/582/108-2021_pacoca.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/582/108-2021_pacoca.pdf</t>
   </si>
   <si>
     <t>Que seja feita as muretas de proteção na ponte da Comunidade da Linha São Pedro.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/583/109-2021_fernando_e_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/583/109-2021_fernando_e_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Construção de 01(um) Barracão Industrial na Comunidade de Linha Palmeirinha.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/584/110-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/584/110-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se substituição de placas orientativas de sinalização de transito no perímetro urbano do município.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/585/111-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/585/111-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se limpeza completa e arborização atrás da creche do Bem Viver.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/586/112-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/586/112-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Que abra edital publico de contribuição de melhoria para construção de passeios públicos (paver).</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/587/113-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/587/113-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Rever vale alimentação dos servidores, que fazem plantão na unidade de saúde.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/588/114-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/588/114-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer melhorias, manutenção e limpeza na Rua Maximiliano Bevilaqua, no bairro Menino Deus.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/589/115-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/589/115-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UM ESPAÇO DE LAZER COM PLAYGROUD, no bairro Menino Deus.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/590/116-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/590/116-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Construção de um vestiário com sala de espera e banheiro com chuveiro, no parque de máquinas da prefeitura.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/591/117-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/591/117-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Consertar o muro do lado de baixo do Campo Municipal.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/599/118-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/599/118-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Construção de um Guard Rail, na frente da casa do Sr Valdecir Gomes da Silva, esquina entre a Rua Bandeirantes e Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/600/119-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/600/119-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Continuar asfaltando a Comunidade de Porto Velho desde o fim do asfalto, até a Linha São Miguel.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/601/120-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/601/120-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Fazer asfalto na Linha São João.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/602/121-2021_mantuvamni_c-_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/602/121-2021_mantuvamni_c-_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Colocar o número da Polícia Militar, na forma de adesivos, pelo comercio de Itapejara.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/603/122-2021_mantuvamni_c-_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/603/122-2021_mantuvamni_c-_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento do asfalto que cruza a Comunidade de Palmeirinha (PR-493), até o Cemitério, da mesma Comunidade.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/604/123-2021_mantuvamni_c-_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/604/123-2021_mantuvamni_c-_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento na quadra que cruza ao lado da casinha de lixo na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/605/124-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/605/124-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Pintar faixas de estacionamento em um lado e faixas amarelas (proibição para estacionar) em outro, na Rua Nereu Ramos, até a saída para a Linha São João.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/606/125-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/606/125-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Colocar asfalto na Rua Luiza Forner Salvi (localizada na lateral do Bairro, e dá acesso a PR-493, perto da Vibra), e fazer a instalação de iluminação publica, ambos no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/609/126-2021_4_vereadores_-.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/609/126-2021_4_vereadores_-.pdf</t>
   </si>
   <si>
     <t>Que seja contratada uma empresa de Consultoria de Engenharia de Tráfego.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/610/127-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/610/127-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Que seja feita melhoria no asfalto da Rua Salgado filho, no trecho que fica entre a Rua Fernando Ferrari e Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/611/128-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/611/128-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Melhorar a sinalização no cruzamento das ruas Abilon de Souza Naves e Ertile Guzzo (esquina do posto de saúde).</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/612/129-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/612/129-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Reinstalação da academia ao Ar-livre na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/613/130-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/613/130-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Que seja feito a análise das águas nas fontes municipais.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/614/131-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/614/131-2021_fragata.pdf</t>
   </si>
   <si>
     <t>A colocação de tubos na entrada da Chácara do Sr José Bocasanta, no Bairro Menino Deus.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/615/132-2021_mantuvamni_c-_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/615/132-2021_mantuvamni_c-_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Melhorar a estrada localizada na ultima entrada a esquerda antes da Chapeação Cissesk, sentido centro/Linha São João.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/616/133-2021_mantuvamni_c-_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/616/133-2021_mantuvamni_c-_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Que seja feita a aquisição de testes para o COVID-19 no valor de R$ 150.000,00 disponibilizado pela Deputada Gleisi Hoffman.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/617/134-2021_mineiro_c-_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/617/134-2021_mineiro_c-_marcio.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal complete o calçamento, para que sejam totalmente finalizados, nas comunidades de Porto Velho, Luiz Costa, Barra Grande, Serra Preta e Coxilha Rica.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/619/135-2021_joao_azeredoo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/619/135-2021_joao_azeredoo.pdf</t>
   </si>
   <si>
     <t>É preciso colocar uma placa sinalizadora de travessia de animais (vacas de leite) na pista, em frente a propriedade do Sr Hélio Gnoatto, na estrada que dá acesso à Comunidade de Luiz Costa.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/620/136-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/620/136-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se a retirada dos tachões (tartarugas) que ficam no meio da pista da Avenida Fernando Ferrari, em dois pontos, especialmente em frente da empresa ´SuperObra´ e, também, em frente dos depósitos de carga e descarga dos mercados ´No Ponto Supermercados´.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/621/137-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/621/137-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Aquisição e instalação de aparelho de ´Dispenser Automático´ de álcool gel, com termômetro infravermelho, a ser disponibilizado em todos os estabelecimentos do Departamento de Saúde, nos quais há atendimento à população, ex.: postos de saúde, Clínica da Mulher, Unidade de Atendimento de Saúde Mista Dr. Osman Simões e UBS – Unidades Básicas de Sáude.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/622/138-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/622/138-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer o concerto do calçamento que liga a Linha São João, próximo a propriedade do Sr. Aurélio Martinazzo.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/623/139-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/623/139-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Pede-se que sejam tapados os buracos na Rua Marcelino Champagnat, perto da Manda Gás.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/624/140-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/624/140-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Que seja melhorada a internet das escolas municipais.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/625/141-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/625/141-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Colocar placa de animais na pista e placa de redutor de velocidade, no trecho entre a Comunidade de Volta Grande e a propriedade do Sr. Eloi Biezus, mais especificadamente em frente à Igreja da Comunidade e na frente da propriedade do Sr Miguel Figura.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/626/142-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/626/142-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Cortar galhos de arvore na Rua Cacique, Bairro Guarani.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/630/143-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/630/143-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar o nome na estrada principal da Volta Grande, com inicio na frente do Recanto Beira Rio (PR-566), até o seu término, de Estrada Municipal Arcizo Vendrusculo.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/631/144-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/631/144-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Colocar redutores de velocidade (tartarugas) na rotatória do novo prédio da Cresol, que fica no cruzamento das Ruas Fernando Ferrari e Salgado Filho.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/632/145-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/632/145-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação na extensão da Rua São Mateus de aproximadamente 500 metros, sentido PR566, até chegar à rodovia estadual e na frente à propriedade do Sr Arnildo Hauptt.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/633/146-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/633/146-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>A necessidade de substituição da ponte de madeira da comunidade do Ipiranga, Linha Duns, por tubos de concreto.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/634/147-2021_joao_azeredoo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/634/147-2021_joao_azeredoo.pdf</t>
   </si>
   <si>
     <t>Construir um ponto de ônibus ao lado do Ginásio de Esportes e entrada para a creche do Bairro Guarani.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/635/148-2021_fragata_-.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/635/148-2021_fragata_-.pdf</t>
   </si>
   <si>
     <t>Fazer a pintura dos quebra-molas no Bairro DER.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/636/149-2021_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/636/149-2021_karla.pdf</t>
   </si>
   <si>
     <t>Solicita-se que seja feito o chamamento dos menores aprendizes no município, para auxiliar, após o início das aulas presenciais.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/642/150-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/642/150-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar um tubo no boeiro próximo ao moinho na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Karla, Fragata, Thiaguinho</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/643/151-2021_karla_fragata_e_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/643/151-2021_karla_fragata_e_tiago.pdf</t>
   </si>
   <si>
     <t>Construção de um ponto de ônibus no Bairro Menino Deus ao lado da antiga casa da sopa, Rua Anchieta.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/644/152-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/644/152-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer uma área de escape em frente a Fábrica de Queijos Martinazzo, Comunidade de Santa Barbara.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/645/153-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/645/153-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Fornecer aos Servidores e Prestadores de Serviços Públicos o uso de Equipamentos de Segurança Individual (EPI’s), conforme o PPRA.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/646/154-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/646/154-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar um redutor de velocidade em frente ao Posto de Saúde, localizado no Bairro Bem-Viver.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/647/155-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/647/155-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Fazer a pintura do quebra-molas localizado em frente ao EKF Moveis, Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/648/156-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/648/156-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer um estudo e vistoria técnica sobre o risco de desabamento das laterais desta estrada,  pelo Sr. Engenheiro Civil do Poder Executivo, subindo pra propriedade do Sr.  Coakosk, Gilmar Vitorassi e Antônio Rochansk.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/652/157-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/652/157-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Criar uma rota de ônibus para passar nos loteamentos Haupt, Menino Deus e Vila Verde, com destino a Escola Municipal Nereu Ramos.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/653/158-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/653/158-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Construção de uma área de escape na Rodovia-493 sentido Pato Branco, na ultima entrada a esquerda, antes do trevo de Bom Sucesso do Sul.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/654/159-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/654/159-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Para a Prefeitura aderir ao programa de coleta de óleo de cozinha junto a Sanepar.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/655/160-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/655/160-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer acessos para cadeirantes puderem utilizar as faixas elevadas de pedestres nas que não possuem, na Avenida Manoel Ribas.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/656/161-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/656/161-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas mais duas câmeras de segurança, uma no trevo principal de acesso e uma na saída da cidade, sentido Verê.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/658/162-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/658/162-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Colocação de placas indicativas que liga o trecho de Lageado Bonito a Linha Palmeirinha, uma na Palmeirinha, uma na Santa Barbara e uma no Lageado Bonito.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/659/163-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/659/163-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Estender a licença maternidade de 4 (quatro), para 6 (seis) meses para servidores públicos.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/661/164-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/661/164-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltado todo o perímetro da Garagem de Máquinas da Prefeitura.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/662/165-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/662/165-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja feito um aterro ou área de escape na curva de acesso ao Distrito de Barra Grande, sentido Fco Beltrao/ Barra Grande.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/663/166-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/663/166-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer área de escape na entrada de acesso ao Bairro Bem-Viver, sentido Comunidade de sete de setembro/ Itapejara.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/664/167-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/664/167-2021_fragata.pdf</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/665/168-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/665/168-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um cercado ao redor no Playground do Lago Municipal caminho das pedras.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/666/169-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/666/169-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer a substituição de uma ponte de madeira sobre o Rio Baxeiro, com extensão de 1,5 metros, na estrada do Ipiranga, perto da divisa com o Município de Bom Sucesso do Sul.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/667/170-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/667/170-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Que seja colocado calçamento na extensão das ruas Curitiba e Atlético.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/668/171-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/668/171-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Que seja feita a reforma e reestruturação da Casa da Cultura.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/674/172-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/674/172-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a tapagem dos buracos e valetas que ficaram após a instalação do encanamento de agua, na Comunidade do Porto Velho.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/675/173-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/675/173-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer cascalhamento próximo à pedreira da Villa Palmeirinha, no acesso que dá na Propriedade da Família Pilatti e acesso na reciclagem do Dumps, com foto em anexo.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/678/174-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/678/174-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer a criação da olimpíada do trabalhador unificando com as olimpíadas rurais, e que cada empresa participante adote uma comunidade.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/679/175-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/679/175-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer a mudança do quebra-molas localizado na Rua Ertile Guzzo, na frente do acesso a linha São João, e seja realocado logo acima deste acesso, perto da entrada do Campo Municipal João Oldoni.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/680/176-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/680/176-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpadas na Rua Herlile Guzzo, próximo ao Esporte Clube Itapejara.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/681/177-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/681/177-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a troca de lâmpadas no final da Rua Mathilda Haupt, no Loteamento Hautp.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/682/178-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/682/178-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Que seja aumento o subsídio do valor pago a título de auxílio-funeral pela Assistência Social, aumentando-o.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/686/179-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/686/179-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar uma bomba para puxar a agua no poço artesiano localizado na antiga Lavanderia Baggio, na Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/687/180-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/687/180-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Colocar Ônibus ou algum transporte alternativo para levar os alunos as universidades em Francisco Beltrão no período da noite.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/688/181-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/688/181-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Adequar os quebra-molas do município à RESOLUÇÃO Nº 600, DE 24 DE MAIO DE 2016 do CONTRAN.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/689/182-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/689/182-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Adaptar e readequar a Escola Municipal Josafat Kmita para que passe a ser uma creche e receber crianças de 0 a 5 anos de idade.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/690/183-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/690/183-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar um poste de luz na Rua Severino Minosso próximo a casa número 60, e outro perto da praça, também no Bairro Fênix.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Mineiro, Fragata</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/692/184-2021_mineiro_cc-_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/692/184-2021_mineiro_cc-_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção das placas de trânsito em frente à Escola Marli Simões – APAE, situada na Rua Abilon de Souza Naves, nº 527, Centro, placa esta, que se refere a “Exclusivo Bombeiros” e “Exclusivo Ônibus Escolar, sujeito a multa”. Também pede-se a demarcação da faixa de estacionamento em frente a escola, cujo local é exclusivo de ônibus e também a pintura de uma faixa de pedestres.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/693/185-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/693/185-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar câmeras de monitoramento no Campo Municipal João Oldoni, no Lago Municipal Caminho das Pedras e no CTG Porteira da Amizade.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/694/186-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/694/186-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Criar um Programa para Incentivo a Industrialização do Municipio, com a realização de terraplanagem e incentivos fiscais para empresas que pretendem se instalar em Itapejara D´Oeste.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Karla, Thiaguinho</t>
   </si>
   <si>
     <t>Que seja aberta uma área para a construção de calçada no lado direito da pista, na extensão da Rua São Mateus, até chegar na PR- 566 que liga Itapejara/Beltrão.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Jonas, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/703/188-2021_jonas_c-c_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/703/188-2021_jonas_c-c_fernando.pdf</t>
   </si>
   <si>
     <t>Destrancar um tubo em frente a Sorveteria da Rose, na Rua Guarani, Bairro Guarani e também ligar a tubulação com a rua de cima e de baixo e por fim ajustar o escoamento da agua nestes pontos.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/704/189-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/704/189-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Refazer o muro do cemitério velho que caiu recentemente, com a ultima chuva.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/705/190-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/705/190-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer um sistema para escoamento de agua no asfalto que vai até a comunidade de Lageado Bonito.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/706/191-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/706/191-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer uma área de escape na estrada para a propriedade do Sr Locatelli e Sadi Gnoatto, após a baixada, na Comunidade de Sete de Setembro.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/707/192-2021_mantuvamni_c-c_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/707/192-2021_mantuvamni_c-c_marcio.pdf</t>
   </si>
   <si>
     <t>Contratação de um médico cardiologista para atendimento na Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Thiaguinho, Fragata, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/713/193-2021_tiago_c-c_fragata_e_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/713/193-2021_tiago_c-c_fragata_e_karla.pdf</t>
   </si>
   <si>
     <t>Fazer a reforma/melhoria na quadra de esportes do Bairro Guaraní.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/714/194-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/714/194-2021_jonas.pdf</t>
   </si>
   <si>
     <t>Colocar pavimentação asfáltica após a ponte na Comunidade de Lageado Bonito, entre a propriedade De Campos e do Sr. Leandro Anzilieiro.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Marcio, Jonas</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/715/195-2021_marcio_c-c_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/715/195-2021_marcio_c-c_jonas.pdf</t>
   </si>
   <si>
     <t>Colocar placa de Proibido Estacionar na Rua Maria Lazzaretti, perto do acesso com a Rua Guarani, no Bairro Guaraní.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/716/196-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/716/196-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção dos computadores das escolas municipais, e adquirir novos computadores se forem necessário para atender a demanda de alunos.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/717/197-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/717/197-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Tapar o buraco no cruzamento da Rua Duque de Caxias com a Rua Rui Barbosa.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/718/198-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/718/198-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Fazer área de escape para acesso à Ong Leva Eu, na PR-493, sentido Vere/Itapejara.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/719/199-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/719/199-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer a adequação da escola Parigot, Abilon, entre as outras possíveis, para atender em período integral, já que as atividades no Marista Escola Social – CESMAR se encerrarão no fim de 2021.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/720/200-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/720/200-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Se possível, que seja feita a criação de um plano de saúde para Servidores Públicos Municipais que ainda não gozem deste beneficio.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/725/201-2021_5_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/725/201-2021_5_vereadores.pdf</t>
   </si>
   <si>
     <t>Que sejam disponibilizados ônibus escolares aos alunos de ensino superior, cursos técnicos, entre os demais, para o seu descolamento até as Instituições de Ensino, sejam elas em Pato Branco, Francisco Beltrão ou Dois Vizinhos.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/726/202-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/726/202-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Aquisição de cadeiras de rodas para banho e para locomoção e também andadores para disponibilização de empréstimo pela Unidade Mista de Saúde Dr Osman Simões.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Fazer melhoria no acesso a propriedade da Sra Zilma Klima, na Comunidade de Rio Gavião.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Colocar 1 (um) placar e 1 (um) painel eletrônico no novo Ginásio de Esportes Professor Jair Fernandes (papico).</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Thiaguinho, Fragata, João Venturin, Karla</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/729/205-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/729/205-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Construir uma praça na Barra Grande,  no terreno de posse da prefeitura com 1530 m² na Rua Letícia Biazussi, aos moldes da praça prefeitura, com arborização, passeios com paver, área de lazer, iluminação, quadra de área, utilização do córrego, entre outras.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/730/206-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/730/206-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar os meio-fios nas laterais das ruas de acesso entre os capelas do Cemitério Novo, visto que está danificando o calçamento, devido as àguas que escorrem, causando riscos aos transeuntes risco de danificação das capelas.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/731/207-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/731/207-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar uma lixeira na Rua Dedaleiros no Bairro Bem Viver.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/732/209-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/732/209-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Para que seja colocada uma porta, arrumado o vazamento e trocados os vidros no banheiro público masculino da Praça da Prefeitura.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/734/210-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/734/210-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus na esquina do lote da DER.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/735/211-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/735/211-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Melhoria na boca de lobo para melhor captação da agua da chuva no cruzamento da rua Presidente Kennedy com Eduardo Lussi, e também colocar lixeiras pelo Bairro Menino Deus.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/736/212-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/736/212-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Recascalhar a rua atrás da fábrica de móveis no Bairro Industrial, entrada da propriedade do Sr. Mauro Schibichewsk.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/737/213-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/737/213-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Construir uma quadra de areia ou um campinho de futebol no Bairro Menino Deus, perto da antiga Casa da Sopa.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/742/214-2021_joao_azererdo_c-c_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/742/214-2021_joao_azererdo_c-c_jonas.pdf</t>
   </si>
   <si>
     <t>Que seja feita a liberação municipal para realização de eventos em espaços fechados, em clubes e demais organizações sociais do Município de Itapejara D’Oeste, através de Decreto ou Protocolo de Autorização para realização de eventos pontuais.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/743/215-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/743/215-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus ao lado da nova creche no Bairro Villa Verde.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/744/216-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/744/216-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Providenciar tubulação para escoamento de água em frente ao deposito de Pallet na Villa Palmeirinha.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/748/217-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/748/217-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Contratação de 1 (um) médico fonoaudiólogo.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/754/218-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/754/218-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Arrumar o boeiro na esquina da Cresol, cruzamento da Rua Salgado Filho com a Rua Fernando Ferrari.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/755/219-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/755/219-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Passar inseticida nas cabeceiras e nascentes dos rios.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/756/220-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/756/220-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer a troca dos tubos atuais por maiores, na comunidade de São Cristóvão, perto da propriedade do Sr. Vardo Hoffman.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/757/221-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/757/221-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Fazer calçamento no Porto Velho, em torno de 200 metros, em frente  a propriedade do Sr. Ataide Rodrigues.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/758/222-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/758/222-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Que o médico do município visite as pessoas idosas, doentes e com comorbidades, na comunidade de Salto Grande e proximidades.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/759/223-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/759/223-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar placas que informem sobre a proibição de vender produtos de cargas perigosas (ex, gás de cozinha e combustíveis) de formas ilegais, também citando a Lei Municipal Vigente.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/760/224-2021_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/760/224-2021_jonas.pdf</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/761/225-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/761/225-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Aumentar o valor do auxilio transporte pago aos estudantes.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/762/226-2021_mineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/762/226-2021_mineiro.pdf</t>
   </si>
   <si>
     <t>Que a data base de todos os servidores públicos seja em janeiro, assim como a dos professores.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/763/227-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/763/227-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Ampliar os pontos de entrega do leite fornecidos pelo Governo do Estado no Programa Leite das Crianças, sendo 1 (um) para o Bairro Fenix e 1 (um) para o Bairro Guarani.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/764/228-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/764/228-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus em frente ao SAMU.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/765/229-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/765/229-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Colocar uma placa de “De a Preferência” em frente ao Posto Max Sul, na Av Manoel Ribas, para dar preferência aos motoristas de veículos pesados na rota de caminhões, que vão sentido Verê.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Mineiro, Fernando, Jonas, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/766/230-2021_mineiro_marcio_fernando_e_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/766/230-2021_mineiro_marcio_fernando_e_jonas.pdf</t>
   </si>
   <si>
     <t>Fazer um ponto de ônibus na Rua Guarani, em frente a Mercearia do Carlinhos, Bairro Guarani.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/767/231-2022_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/767/231-2022_fragata.pdf</t>
   </si>
   <si>
     <t>Colocar Tachões (tartarugas) na Rua Pedro Veiga, Bairro Guarani.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/768/232-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/768/232-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Dar continuidade no asfalto da Rua Tapajós, no Bairro Guarani.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/769/233-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/769/233-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar o sentido de mão única na rua Rui Barbosa, somente na quadra em frente a Escola Municipal Nereu Ramos, apenas para os veículos descerem, sentido Centro.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/770/234-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/770/234-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar um ponto de luz com tomadas no poste que está localizado no meio da Praça da Prefeitura.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/777/235-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/777/235-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Construir um banheiro e trocar as redes de proteção na quadra de areia do Bairro Industrial.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/778/236-2021_4_vereadores.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/778/236-2021_4_vereadores.pdf</t>
   </si>
   <si>
     <t>Colocar meio-fio nas laterais, e no canteiro central, arborizar e também colocar meio fio, ambos na Rua Fernando Ferrari, em seu inicio, divisa com a PR 566.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/779/237-2021_fragata.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/779/237-2021_fragata.pdf</t>
   </si>
   <si>
     <t>Construir um almoxarifado para guardar ferramentas e um banheiro para os funcionários de serviços gerais da Prefeitura.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/780/238-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/780/238-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Fazer a reforma do ponto de ônibus ao lado da Escola Criança Feliz, frente ao CTG.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/781/239-2021_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/781/239-2021_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Colocar mais uma carreira de tubos ao lado da carreira já existente, na estrada que passa pela propriedade do Sr. Jaime Marchesan entre outros.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>João Azeredo, Fernando</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/782/240-2021_joao_azeredo_c-c_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/782/240-2021_joao_azeredo_c-c_fernando.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação no trecho do Frigorifico Orfimar até a PR-566.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/783/241-2021_fernando_c-c_joao_azeredo.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/783/241-2021_fernando_c-c_joao_azeredo.pdf</t>
   </si>
   <si>
     <t>Fazer asfalto na Rua José Albino Schuastz, loteamento Sol Nascente.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/786/242-2021_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/786/242-2021_marcio.pdf</t>
   </si>
   <si>
     <t>Fazer uma cobertura anexa a farmácia da Unidade de Saúde Osman Simões.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/787/243-2021_tiago.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/787/243-2021_tiago.pdf</t>
   </si>
   <si>
     <t>Fazer o recapeamento asfáltico na Rua José Silva, acima do cruzamento com a Rua Abilon de Souza Naves.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/788/244-2021_mantuvamni.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/788/244-2021_mantuvamni.pdf</t>
   </si>
   <si>
     <t>Colocar iluminação na Rua Presidente Kennedy, loteamento Gnoatto, após o Bairro Industrial.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Mineiro, Fernando, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/414/emenda_001.doc</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/414/emenda_001.doc</t>
   </si>
   <si>
     <t>Altera o inciso V, do artigo 24, da Lei Orgânica Municipal de Itapejara D´Oeste, de 02/04/1990.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/497/projeto_de_emenda_a_lei_organica_002.2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/497/projeto_de_emenda_a_lei_organica_002.2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o §3º ao artigo 44 da Lei Orgânica Municipal de Itapejara D’Oeste, de 02/04/1990.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>PRRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/408/001-2021_acamsop.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/408/001-2021_acamsop.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal Filiar-se e a contribuir mensalmente com a Associação das Câmaras Municipais do Sudoeste do Paraná-ACAMSOP.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/409/002-2021_galeria.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/409/002-2021_galeria.pdf</t>
   </si>
   <si>
     <t>Institui galeria de fotos dos ex-presidentes da Câmara Municipal de Itapejara D’Oeste PR, e dá outras providências.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/514/003-2021_recesso.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/514/003-2021_recesso.pdf</t>
   </si>
   <si>
     <t>Revoga o art. 73 do Regimento Interno da Casa de Leis de Itapejara D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/629/004-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/629/004-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do horário das Sessões Ordinárias, altera o artigo 74, caput, do Regimento Interno e dá outras providências.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/785/005-2021_brasao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/785/005-2021_brasao.pdf</t>
   </si>
   <si>
     <t>Cria e oficializa o Brasão de Armas da Câmara Municipal de Itapejara D’Oeste e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>MPSAR</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_001_2021_padrao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_001_2021_padrao.pdf</t>
   </si>
   <si>
     <t>pelo falecimento do Senhor ILDEFONSO LAGOS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/416/mocao_002_2021_padrao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/416/mocao_002_2021_padrao.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhora INEZ CARNIELETTO ANATER.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/530/mocao_de_pesar_no_2021_rectius_otavio_kichel.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/530/mocao_de_pesar_no_2021_rectius_otavio_kichel.pdf</t>
   </si>
   <si>
     <t>Em memória de Otávio Kichel.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>EMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/618/emenda_modificativa_01-21.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/618/emenda_modificativa_01-21.pdf</t>
   </si>
   <si>
     <t>Altera as redações dos Artigos 7° e 8°, ambos do Projeto de Lei do Poder Executivo n° 038/2021.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/753/emenda_modificativa_02-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/753/emenda_modificativa_02-2021.pdf</t>
   </si>
   <si>
     <t>Altera o art.27, I do Projeto de Lei nº 49/2021.</t>
   </si>
   <si>
     <t>PDTL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/33/decreto_legislativo_01-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/33/decreto_legislativo_01-2021.pdf</t>
   </si>
   <si>
     <t>Programação financeira</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/34/decreto_legislativo_02-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/34/decreto_legislativo_02-2021.pdf</t>
   </si>
   <si>
     <t>Aprovação de acordão de parecer prévio</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Mineiro, Fernando, João Azeredo, Jonas, Karla, Marcio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/410/r_001-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/410/r_001-2021.pdf</t>
   </si>
   <si>
     <t>Altera provisório e por tempo determinado o Horário das Sessões Ordinárias da Câmara Municipal das 18h para as 19h</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/431/r_002-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/431/r_002-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, informe-nos sobre as medidas que serão tomadas pela Administração Municipal com relação ao andamento das obras de instalação e conclusão Rede de Agua e Poço Artesiano da Comunidade de Porto Velho (São Miguel, São Roque e São Cristóvão), e que abastecerá também parte da Comunidade de Palmeirinha.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/489/r_003-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/489/r_003-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, informe-nos sobre as medidas que serão tomadas pela Administração Municipal com relação ao andamento das obras de instalação e conclusão do Poço Artesiano da comunidade de Coxilha Rica.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/520/r_004-2021.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/520/r_004-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o relatório completo de gastos da Frota Oficial de veículos do Município, incluindo máquinas agrícolas, relativos ao período de 01/01/2021 até 09/04/2021.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/569/r_005-2021_aumento.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/569/r_005-2021_aumento.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o lançamento do IPTU 2021</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/570/r_006-2021_falta_jonas.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/570/r_006-2021_falta_jonas.pdf</t>
   </si>
   <si>
     <t>Requer o abono de falta do Vereador Jonas Ferreira de Andrade.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/592/r_007-2021_aumento.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/592/r_007-2021_aumento.pdf</t>
   </si>
   <si>
     <t>Requer informações se nos anos de 2020 e 2021 o município utilizou verbas da LC 173 para pagar servidores. Se afirmativo, informar qum são os servidores e os valores despendidos. E também outras despesas pagas com esta fonte de recurso.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/593/r_008-2021_patrinonio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/593/r_008-2021_patrinonio.pdf</t>
   </si>
   <si>
     <t>Requer Cópia do inventário do patrimônio público deixado plo ex-prefeito e repassado para o atual, com o relatório do estado em que se encontram.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/594/r_009-2021_falta_karla.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/594/r_009-2021_falta_karla.pdf</t>
   </si>
   <si>
     <t>Requer a justificativa de falta da Vereadora Karla Mayara Gubert, por não ter vindo à sessão ordinária do dia 31/05/2021, em virtude do COVID-19.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>Requer a relação de todos os serviços executados na área rural durante todo o ano de 2021, até a presente data e informar a partir desta data da programação semanal dos serviços a serem executados.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/627/r_011-2021_fernando_medicos.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/627/r_011-2021_fernando_medicos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal informe se já foi contratado ou como está o andamento para a contratação de um médico para o atendimento no Posto de Saúde Adolfo Kufner.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/637/r_012-2021_falta_marcio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/637/r_012-2021_falta_marcio.pdf</t>
   </si>
   <si>
     <t>justificativa de falta, do Vereador Requerente, MARCIO EDRIANO ROTTINI, por razão de viagem a Capital do estado em audiências com deputados estaduais, na Sessão Ordinária no dia 28 de junho do corrente ano, conforme documentos em anexo.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/638/r_013-2021_falta_0ineiro.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/638/r_013-2021_falta_0ineiro.pdf</t>
   </si>
   <si>
     <t>justificativa de falta, do Vereador Requerente, MARCUS VINICIUS BRAZ SANTOS, por razão de viagem e cancelamento de voo, na Sessão Ordinária no dia 05 de julho do corrente ano, conforme documentos em anexo.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/639/r_014-2021_secretario.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/639/r_014-2021_secretario.pdf</t>
   </si>
   <si>
     <t>requer a presença do Diretor Municipal de Obras e Viação Osmar Sadi Bernardi, na sessão ordinária do dia 19 de julho, para prestar esclarecimentos dos trabalhos realizados por sua pasta.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/723/r_015-2021_5_vereadores_-contrato_de_barracao.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/723/r_015-2021_5_vereadores_-contrato_de_barracao.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal forneça a cópia integral dos contratos de locação vigentes de todos os barracões locados pelo Municipio, tampouco como informar quais os barracões estão disponíveis para locação.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/722/r_016-2021_fernando.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/722/r_016-2021_fernando.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal para informar sobre os seguintes questionamentos: quais_x000D_
 servidores municipais receberam no mês de fevereiros de 2021, abono periculosidade e insalubridade? Quais_x000D_
 servidores municipais receberam no mês de agosto de 2021, abono periculosidade e insalubridade? Os_x000D_
 planos LTCAT e demais estão vigentes? Se houveram servidores que perderam este beneficio, quais e por que_x000D_
 motivos? Existe algum procedimento de controle externo que obrigue o não pagamento deste beneficio aos_x000D_
 servidores?</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>MOAPO</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/628/mocao_de_apoio.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/628/mocao_de_apoio.pdf</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/673/mocao_apoio_002_espanhol.pdf</t>
+    <t>http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/673/mocao_apoio_002_espanhol.pdf</t>
   </si>
   <si>
     <t>Apoio ao PEC do Espanhol n° 03/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4499,68 +4499,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/412/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/417/projeto_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/419/projeto_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/421/projeto_8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/423/projeto_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/424/projeto_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/425/projeto_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/485/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/488/projeto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/513/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/503/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/521/projeto_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_27_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/522/projeto_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_41.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/608/projeto_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/640/projeto_45.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/649/projeto_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/650/projeto_47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_48.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_49_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_50-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_51.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_52.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_53.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/676/projeto_54.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/677/projeto_55.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_56.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_57.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_58.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_59.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_60.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_61.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_62.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_70.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/739/projeto_71.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_72.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/740/projeto_73.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_78_-_loa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/751/projeto_81.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/752/projeto_82.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/771/projeto_83.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_85.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/774/projeto_86.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_87.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_88.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_89.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/427/projeto_001-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_002-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/573/pl_04-2021_mantuvamni_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/641/pl_05-21vereador_mantuvamni_ambiental.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/749/pl_06_titulo_zocchi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/776/pl_08_ctg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/432/001-2021_mineiro_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/433/002-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/434/003-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/435/004-2021_marcio_e_jonas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/436/005-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/437/006-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/438/007-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/439/008-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/440/009-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/441/010-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/442/011-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/443/012-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/444/013-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/445/014-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/446/015-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/447/016-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/448/017-2021_4_vreadores.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/450/018-2021_fragata_tiago_e_karla.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/452/019-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/454/020-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/455/021-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/456/022-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/457/023-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/458/024-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/459/025-2021_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/460/026-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/461/027-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/462/028-2021_jonas_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/473/029-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/474/030-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/475/031-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/476/032-2021_tiago_e_karla.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/477/033-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/478/034-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/479/035-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/480/036-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/481/037-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/482/038-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/490/039-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/491/040-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/492/041-2021_fernando_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/493/042-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/494/043-2021_pacoca_e_karla.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/495/044-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/496/045-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/498/046-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/499/047-2021_pacoca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/500/048-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/501/049-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/502/050-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/504/051-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/505/052-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/506/053-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/507/054-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/510/055-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/511/056-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/512/057-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/515/058-2021_karla_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/516/059-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/517/060-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/518/061-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/519/062-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/523/063-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/524/064-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/525/065-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/526/066-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/527/067-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/528/068-2021_fragata_e_karla.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/529/069-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/531/070-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/532/071-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/533/072-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/534/073-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/535/074-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/543/075-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/544/076-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/545/077-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/546/078-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/547/079-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/548/080-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/549/081-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/550/082-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/551/083-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/553/084-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/554/085-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/555/086-2021_tiago_e_pacoca.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/556/087-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/557/088-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/558/089-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/559/090-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/560/091-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/561/092-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/562/093-2021_fernando_joao_azeredo_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/563/094-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/564/095-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/565/096-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/566/097-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/567/098-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/568/099-2021_fernando_e_joao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/574/100-2021_fernando_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/575/101-2021_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/576/102-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/577/103-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/578/104-2021_fernando_e_joao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/579/105-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/580/106-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/581/107-2021_em_aberto.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/582/108-2021_pacoca.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/583/109-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/584/110-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/585/111-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/586/112-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/587/113-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/588/114-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/589/115-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/590/116-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/591/117-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/599/118-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/600/119-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/601/120-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/602/121-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/603/122-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/604/123-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/605/124-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/606/125-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/609/126-2021_4_vereadores_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/610/127-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/611/128-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/612/129-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/613/130-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/614/131-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/615/132-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/616/133-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/617/134-2021_mineiro_c-_marcio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/619/135-2021_joao_azeredoo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/620/136-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/621/137-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/622/138-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/623/139-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/624/140-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/625/141-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/626/142-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/630/143-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/631/144-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/632/145-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/633/146-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/634/147-2021_joao_azeredoo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/635/148-2021_fragata_-.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/636/149-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/642/150-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/643/151-2021_karla_fragata_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/644/152-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/645/153-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/646/154-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/647/155-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/648/156-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/652/157-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/653/158-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/654/159-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/655/160-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/656/161-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/658/162-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/659/163-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/661/164-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/662/165-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/663/166-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/664/167-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/665/168-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/666/169-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/667/170-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/668/171-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/674/172-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/675/173-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/678/174-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/679/175-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/680/176-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/681/177-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/682/178-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/686/179-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/687/180-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/688/181-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/689/182-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/690/183-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/692/184-2021_mineiro_cc-_fragata.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/693/185-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/694/186-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/703/188-2021_jonas_c-c_fernando.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/704/189-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/705/190-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/706/191-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/707/192-2021_mantuvamni_c-c_marcio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/713/193-2021_tiago_c-c_fragata_e_karla.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/714/194-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/715/195-2021_marcio_c-c_jonas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/716/196-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/717/197-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/718/198-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/719/199-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/720/200-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/725/201-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/726/202-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/729/205-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/730/206-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/731/207-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/732/209-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/734/210-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/735/211-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/736/212-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/737/213-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/742/214-2021_joao_azererdo_c-c_jonas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/743/215-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/744/216-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/748/217-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/754/218-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/755/219-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/756/220-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/757/221-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/758/222-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/759/223-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/760/224-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/761/225-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/762/226-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/763/227-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/764/228-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/765/229-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/766/230-2021_mineiro_marcio_fernando_e_jonas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/767/231-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/768/232-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/769/233-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/770/234-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/777/235-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/778/236-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/779/237-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/780/238-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/781/239-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/782/240-2021_joao_azeredo_c-c_fernando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/783/241-2021_fernando_c-c_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/786/242-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/787/243-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/788/244-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/414/emenda_001.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/497/projeto_de_emenda_a_lei_organica_002.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/408/001-2021_acamsop.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/409/002-2021_galeria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/514/003-2021_recesso.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/629/004-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/785/005-2021_brasao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_001_2021_padrao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/416/mocao_002_2021_padrao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/530/mocao_de_pesar_no_2021_rectius_otavio_kichel.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/618/emenda_modificativa_01-21.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/753/emenda_modificativa_02-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/33/decreto_legislativo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/34/decreto_legislativo_02-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/410/r_001-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/431/r_002-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/489/r_003-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/520/r_004-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/569/r_005-2021_aumento.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/570/r_006-2021_falta_jonas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/592/r_007-2021_aumento.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/593/r_008-2021_patrinonio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/594/r_009-2021_falta_karla.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/627/r_011-2021_fernando_medicos.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/637/r_012-2021_falta_marcio.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/638/r_013-2021_falta_0ineiro.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/639/r_014-2021_secretario.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/723/r_015-2021_5_vereadores_-contrato_de_barracao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/722/r_016-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/628/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/673/mocao_apoio_002_espanhol.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/411/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/412/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/413/projeto_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/417/projeto_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/419/projeto_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/421/projeto_8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/422/projeto_9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/423/projeto_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/424/projeto_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/425/projeto_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/483/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/485/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/487/projeto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/488/projeto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/513/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/503/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/521/projeto_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/508/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/509/projeto_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/691/projeto_27_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/522/projeto_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_30.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_31.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_34.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_36.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_37.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_38.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_39.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_40.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_41.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/597/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/608/projeto_44.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/640/projeto_45.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/649/projeto_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/650/projeto_47.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/651/projeto_48.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_49_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_50-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_51.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/670/projeto_52.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/671/projeto_53.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/676/projeto_54.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/677/projeto_55.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_56.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/685/projeto_57.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/695/projeto_58.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/696/projeto_59.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_60.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_61.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/699/projeto_62.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/700/projeto_63.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/721/projeto_64.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/701/projeto_65.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/708/projeto_66.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/710/projeto_68.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_70.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/739/projeto_71.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/733/projeto_72.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/740/projeto_73.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/741/projeto_75.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/745/projeto_76.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/746/projeto_77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_78_-_loa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/747/projeto_79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/751/projeto_81.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/752/projeto_82.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/771/projeto_83.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_85.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/774/projeto_86.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_87.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_88.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_89.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/427/projeto_001-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_lei_002-2021_legislativo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/573/pl_04-2021_mantuvamni_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/641/pl_05-21vereador_mantuvamni_ambiental.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/749/pl_06_titulo_zocchi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/776/pl_08_ctg.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/432/001-2021_mineiro_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/433/002-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/434/003-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/435/004-2021_marcio_e_jonas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/436/005-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/437/006-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/438/007-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/439/008-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/440/009-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/441/010-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/442/011-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/443/012-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/444/013-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/445/014-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/446/015-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/447/016-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/448/017-2021_4_vreadores.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/450/018-2021_fragata_tiago_e_karla.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/452/019-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/454/020-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/455/021-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/456/022-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/457/023-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/458/024-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/459/025-2021_marcio_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/460/026-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/461/027-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/462/028-2021_jonas_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/473/029-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/474/030-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/475/031-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/476/032-2021_tiago_e_karla.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/477/033-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/478/034-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/479/035-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/480/036-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/481/037-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/482/038-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/490/039-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/491/040-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/492/041-2021_fernando_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/493/042-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/494/043-2021_pacoca_e_karla.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/495/044-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/496/045-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/498/046-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/499/047-2021_pacoca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/500/048-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/501/049-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/502/050-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/504/051-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/505/052-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/506/053-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/507/054-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/510/055-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/511/056-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/512/057-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/515/058-2021_karla_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/516/059-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/517/060-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/518/061-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/519/062-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/523/063-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/524/064-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/525/065-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/526/066-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/527/067-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/528/068-2021_fragata_e_karla.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/529/069-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/531/070-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/532/071-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/533/072-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/534/073-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/535/074-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/543/075-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/544/076-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/545/077-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/546/078-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/547/079-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/548/080-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/549/081-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/550/082-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/551/083-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/553/084-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/554/085-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/555/086-2021_tiago_e_pacoca.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/556/087-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/557/088-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/558/089-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/559/090-2021_marcio_e_mineiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/560/091-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/561/092-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/562/093-2021_fernando_joao_azeredo_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/563/094-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/564/095-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/565/096-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/566/097-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/567/098-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/568/099-2021_fernando_e_joao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/574/100-2021_fernando_e_fragata.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/575/101-2021_fernando_e_marcio.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/576/102-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/577/103-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/578/104-2021_fernando_e_joao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/579/105-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/580/106-2021_mineiro_e_fernando.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/581/107-2021_em_aberto.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/582/108-2021_pacoca.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/583/109-2021_fernando_e_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/584/110-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/585/111-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/586/112-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/587/113-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/588/114-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/589/115-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/590/116-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/591/117-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/599/118-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/600/119-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/601/120-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/602/121-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/603/122-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/604/123-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/605/124-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/606/125-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/609/126-2021_4_vereadores_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/610/127-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/611/128-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/612/129-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/613/130-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/614/131-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/615/132-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/616/133-2021_mantuvamni_c-_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/617/134-2021_mineiro_c-_marcio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/619/135-2021_joao_azeredoo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/620/136-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/621/137-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/622/138-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/623/139-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/624/140-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/625/141-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/626/142-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/630/143-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/631/144-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/632/145-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/633/146-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/634/147-2021_joao_azeredoo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/635/148-2021_fragata_-.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/636/149-2021_karla.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/642/150-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/643/151-2021_karla_fragata_e_tiago.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/644/152-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/645/153-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/646/154-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/647/155-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/648/156-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/652/157-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/653/158-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/654/159-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/655/160-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/656/161-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/658/162-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/659/163-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/661/164-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/662/165-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/663/166-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/664/167-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/665/168-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/666/169-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/667/170-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/668/171-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/674/172-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/675/173-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/678/174-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/679/175-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/680/176-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/681/177-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/682/178-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/686/179-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/687/180-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/688/181-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/689/182-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/690/183-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/692/184-2021_mineiro_cc-_fragata.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/693/185-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/694/186-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/703/188-2021_jonas_c-c_fernando.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/704/189-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/705/190-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/706/191-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/707/192-2021_mantuvamni_c-c_marcio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/713/193-2021_tiago_c-c_fragata_e_karla.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/714/194-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/715/195-2021_marcio_c-c_jonas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/716/196-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/717/197-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/718/198-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/719/199-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/720/200-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/725/201-2021_5_vereadores.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/726/202-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/729/205-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/730/206-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/731/207-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/732/209-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/734/210-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/735/211-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/736/212-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/737/213-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/742/214-2021_joao_azererdo_c-c_jonas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/743/215-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/744/216-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/748/217-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/754/218-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/755/219-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/756/220-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/757/221-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/758/222-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/759/223-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/760/224-2021_jonas.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/761/225-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/762/226-2021_mineiro.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/763/227-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/764/228-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/765/229-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/766/230-2021_mineiro_marcio_fernando_e_jonas.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/767/231-2022_fragata.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/768/232-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/769/233-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/770/234-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/777/235-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/778/236-2021_4_vereadores.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/779/237-2021_fragata.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/780/238-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/781/239-2021_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/782/240-2021_joao_azeredo_c-c_fernando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/783/241-2021_fernando_c-c_joao_azeredo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/786/242-2021_marcio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/787/243-2021_tiago.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/788/244-2021_mantuvamni.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/414/emenda_001.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/497/projeto_de_emenda_a_lei_organica_002.2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/408/001-2021_acamsop.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/409/002-2021_galeria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/514/003-2021_recesso.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/629/004-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/785/005-2021_brasao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_001_2021_padrao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/416/mocao_002_2021_padrao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/530/mocao_de_pesar_no_2021_rectius_otavio_kichel.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/618/emenda_modificativa_01-21.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/753/emenda_modificativa_02-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/33/decreto_legislativo_01-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/34/decreto_legislativo_02-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/410/r_001-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/431/r_002-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/489/r_003-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/520/r_004-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/569/r_005-2021_aumento.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/570/r_006-2021_falta_jonas.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/592/r_007-2021_aumento.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/593/r_008-2021_patrinonio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/594/r_009-2021_falta_karla.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/627/r_011-2021_fernando_medicos.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/637/r_012-2021_falta_marcio.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/638/r_013-2021_falta_0ineiro.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/639/r_014-2021_secretario.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/723/r_015-2021_5_vereadores_-contrato_de_barracao.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/722/r_016-2021_fernando.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/628/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itapejaradoeste.pr.leg.br/media/sapl/public/materialegislativa/2021/673/mocao_apoio_002_espanhol.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H367"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>